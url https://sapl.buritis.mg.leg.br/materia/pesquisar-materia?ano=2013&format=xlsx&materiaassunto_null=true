--- v0 (2025-10-15)
+++ v1 (2026-03-11)
@@ -54,366 +54,366 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Branquinho, Didé, Emerson do Forum, Gildete Esposa do Benedito</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/288/pl_004-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/288/pl_004-2013.pdf</t>
   </si>
   <si>
     <t>Altera no âmbito do Poder Legislativo Municipal o vencimento do cargo comissionado de Secretário de Gabinete, previsto na Lei Complementar nº 072/2010 e alterações posteriores, em virtude do aumento do salário mínimo</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/289/pl_005-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/289/pl_005-2013.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores públicos da Câmara Municipal de Buritis, na forma do inciso "X", do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Luan Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/290/pl_006-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/290/pl_006-2013.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO QUE MENCIONA À LEI Nº 851 DE 16 DE MAIO DE 2001.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Didé</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/291/pl_007-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/291/pl_007-2013.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Clube do Cavalo de Buritis.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/292/pl_008-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/292/pl_008-2013.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Colônia dos Pescadores do Vale do Urucuia Z-11 Buritis-MG.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/293/pl_015-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/293/pl_015-2013.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública o Sindicato dos Trabalhadores e Trabalhadoras na Agricultura Familiar de Buritis, Formoso, Uruana, Arinos, Unaí e Cabeceira Grande.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Gildete Esposa do Benedito</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/294/pl_017-2017.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/294/pl_017-2017.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Comunitária do Projeto de Assentamento Cristo Rei.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/295/pl_019-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/295/pl_019-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO DIA DA "MARCHA PARA JESUS" NO ÂMBITO DO MUNICÍPIO DE BURITIS-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/296/pl_025-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/296/pl_025-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "FICHA LIMPA MUNICIPAL" DISCIPLINA AS NOMEAÇÕES PARA CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS NO ÂMBITO DOS ÓRGÃOS DO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Jorive Bonfim</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/297/pl_026-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/297/pl_026-2013.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade Pública a Associação de Desenvolvimento Comunitário do P.A. Antônio Conselheiro e dá outras providências...</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Dr. Fernando</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/298/pl_028-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/298/pl_028-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA PRÁTICA DE NEPOTISMO NO ÂMBITO DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE BURITIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/299/pl_030-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/299/pl_030-2013.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Bento XVI dos Pequenos Produtores Rurais e artesãos do PA Roseli Nunes.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/353/pr_01-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/353/pr_01-2013.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal de Buritis-MG, nos termos do Parecer Prévio do processo nº 872-591 Exercício 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Dr. Fernando, Jorive Bonfim, Vovozinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/354/pr_02-2013_materia_nao_recebida.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/354/pr_02-2013_materia_nao_recebida.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo à resolução nº 094 de 22/12/1998 e dá outras providências.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/355/pr_04-2013_titulo_a_luiz_henrique_braga_guedes.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/355/pr_04-2013_titulo_a_luiz_henrique_braga_guedes.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO CIENTÍFICO AO SENHOR LUIZ HENRIQUE BRAGA GUEDES.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>Vovozinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/356/pr_05-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/356/pr_05-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE MÉRITO DESPORTIVO AO SENHOR JOSÉ FRANCISCO DE LIMA.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/357/pr_06-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/357/pr_06-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE MÉRITO DESPORTIVO AO SENHOR RAUL CÉZAR ESTEVES DE SOUZA.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/358/pr_07-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/358/pr_07-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EDUCACIONAL A PROFESSORA MARINA CAMPOS VALADARES E CARVALHO PIRES.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>Emerson do Forum</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/359/pr_08-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/359/pr_08-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EDUCACIONAL A PROFESSORA MARIA APARECIDA ALVES DAMASCENO.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/360/pr_09-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/360/pr_09-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO ASSISTENCIAL A SENHORA MIRTYS PEREIRA LUCENA.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/361/pr_10-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/361/pr_10-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR VALDECI DA ROCHA SILVA.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/362/pr_11-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/362/pr_11-2013.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL AO SENHOR VALDERCY GOMES CORDEIRO, POPULAR "PISCUILA".</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/363/pelo_02-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/363/pelo_02-2013.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica do Município para fixar o número de Vereadores da Câmara Municipal de Buritis-MG.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>João José Alves de Souza</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/364/pelo_03-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/364/pelo_03-2013.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos dos arts. 77, 84 e 105 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Branquinho, Didé, Dr. Fernando, Emerson do Forum, Gildete Esposa do Benedito, Jorive Bonfim, Luan Cordeiro, Vovozinho, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/365/pelo_04-2013.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/365/pelo_04-2013.pdf</t>
   </si>
   <si>
     <t>Altera a redação do §1º do artigo 179 da Lei Orgânica do Município de Buritis-MG.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -720,68 +720,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/288/pl_004-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/289/pl_005-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/290/pl_006-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/291/pl_007-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/292/pl_008-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/293/pl_015-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/294/pl_017-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/295/pl_019-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/296/pl_025-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/297/pl_026-2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/298/pl_028-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/299/pl_030-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/353/pr_01-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/354/pr_02-2013_materia_nao_recebida.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/355/pr_04-2013_titulo_a_luiz_henrique_braga_guedes.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/356/pr_05-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/357/pr_06-2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/358/pr_07-2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/359/pr_08-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/360/pr_09-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/361/pr_10-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/362/pr_11-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/363/pelo_02-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/364/pelo_03-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/365/pelo_04-2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/288/pl_004-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/289/pl_005-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/290/pl_006-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/291/pl_007-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/292/pl_008-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/293/pl_015-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/294/pl_017-2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/295/pl_019-2013.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/296/pl_025-2013.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/297/pl_026-2013.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/298/pl_028-2013.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/299/pl_030-2013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/353/pr_01-2013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/354/pr_02-2013_materia_nao_recebida.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/355/pr_04-2013_titulo_a_luiz_henrique_braga_guedes.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/356/pr_05-2013.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/357/pr_06-2013.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/358/pr_07-2013.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/359/pr_08-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/360/pr_09-2013.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/361/pr_10-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/362/pr_11-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/363/pelo_02-2013.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/364/pelo_03-2013.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2013/365/pelo_04-2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="117.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="199.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>