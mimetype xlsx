--- v0 (2025-10-16)
+++ v1 (2026-03-11)
@@ -54,306 +54,306 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Didé, Gildete Esposa do Benedito, Luan Cordeiro, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/281/plc_02-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/281/plc_02-2014.pdf</t>
   </si>
   <si>
     <t>Altera para 9 (nove) o número de cargos em comissão de Secretário de Gabinete, constante do anexo V, da Lei Complementar n.º 72 de 27 de maio de 2010 e reduz o vencimento do cargo em comissão de Secretário Legislativo, e da outras providências.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/280/plc_08-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/280/plc_08-2014.pdf</t>
   </si>
   <si>
     <t>Acrescenta e altera dispositivos da Lei Complementar nº 072/2010 e cria os cargos de provimento efetivo de Analista de Controle Interno e Contador na Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/257/pl_02-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/257/pl_02-2014.pdf</t>
   </si>
   <si>
     <t>Altera no âmbito do Poder Legislativo Municipal o vencimento do cargo comissionado de Secretário de Gabinete, previsto na Lei Complementar nº 072/2010 e alterações posteriores, em virtude do aumento do salário mínimo.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/258/pl_03-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/258/pl_03-2014.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores dos servidores públicos da Câmara Municipal de Buritis, na forma do inciso "X", do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/259/pr_04-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/259/pr_04-2014.pdf</t>
   </si>
   <si>
     <t>Reajusta os subsídios dos agentes políticos do Município de Buritis, na forma do inciso "X" do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Luan Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/262/pl_09-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/262/pl_09-2014.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Pequenos Produtores Rurais do Bonito-ASPROB.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Jorive Bonfim</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/263/pl_11-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/263/pl_11-2014.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Trabalhadores Rurais Palmares de Buritis.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Gildete Esposa do Benedito</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/274/pl_14-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/274/pl_14-2014.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública o Sindicato Rural de Buritis.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Vovozinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/275/pl_19-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/275/pl_19-2014.pdf</t>
   </si>
   <si>
     <t>Da denominação a praça pública situada no Bairro Veredas II e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Didé</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/282/pl_20-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/282/pl_20-2014.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Água Azul do Projeto de Assentamento Hugo da Silveira Heredia.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Emerson do Forum, Gildete Esposa do Benedito, Jorive Bonfim</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/276/pl_23-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/276/pl_23-2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Denominação da Praça Pública.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/277/pl_24-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/277/pl_24-2014.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Produtores Rurais de Leite P.A. Vanderli Ribeiro.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/278/pl_30-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/278/pl_30-2014.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Pequenos Produtores do PA Independência-APRUPAI.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/279/pl_32-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/279/pl_32-2014.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública o Clube Esportivo e Recreativo de Buritis - CERB.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Emerson do Forum, Gildete Esposa do Benedito, Luan Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/287/pr_01-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/287/pr_01-2014.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal de Buritis-MG, nos termos do Parecer Prévio do processo nº 886799 Exercício 2012 e dá outras providências.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>Didé, Emerson do Forum, Luan Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/283/pr_02-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/283/pr_02-2014.pdf</t>
   </si>
   <si>
     <t>Extingue o voto em escrutínio secreto e dá outras providências.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/284/pelo_001-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/284/pelo_001-2014.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica do Município de Buritis, promulgando o fim do voto em escrutínio secreto.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>Branquinho, Dr. Fernando, Luan Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/285/pelo_002-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/285/pelo_002-2014.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do artigo 179 da Lei Orgânica do Município de Buritis/MG.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>Dr. Fernando, Jorive Bonfim, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/286/pelo_003-2014.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/286/pelo_003-2014.pdf</t>
   </si>
   <si>
     <t>Adiciona ao artigo 105 da Lei Orgânica do Município de Buritis os incisos XXI e XXII.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -660,68 +660,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/281/plc_02-2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/280/plc_08-2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/257/pl_02-2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/258/pl_03-2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/259/pr_04-2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/262/pl_09-2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/263/pl_11-2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/274/pl_14-2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/275/pl_19-2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/282/pl_20-2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/276/pl_23-2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/277/pl_24-2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/278/pl_30-2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/279/pl_32-2014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/287/pr_01-2014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/283/pr_02-2014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/284/pelo_001-2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/285/pelo_002-2014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/286/pelo_003-2014.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/281/plc_02-2014.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/280/plc_08-2014.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/257/pl_02-2014.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/258/pl_03-2014.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/259/pr_04-2014.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/262/pl_09-2014.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/263/pl_11-2014.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/274/pl_14-2014.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/275/pl_19-2014.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/282/pl_20-2014.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/276/pl_23-2014.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/277/pl_24-2014.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/278/pl_30-2014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/279/pl_32-2014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/287/pr_01-2014.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/283/pr_02-2014.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/284/pelo_001-2014.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/285/pelo_002-2014.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2014/286/pelo_003-2014.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="86.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="85.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="221.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>