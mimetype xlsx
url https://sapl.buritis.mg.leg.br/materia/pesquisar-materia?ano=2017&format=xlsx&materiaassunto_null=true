--- v0 (2025-10-15)
+++ v1 (2026-03-11)
@@ -54,606 +54,606 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL CONSTRUIR UM CENTRO COMUNITÁRIO NO DISTRITO DE SÃO PEDRO DA PASSA TRÊS.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/11/2017-02_branquinho_-_quadra_poliesportiva_sao_pedro.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/11/2017-02_branquinho_-_quadra_poliesportiva_sao_pedro.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL CONSTRUIR UMA QUADRA POLIESPORTIVA NO DISTRITO DE SÃO PEDRO DO PASSA TRÊS. Matéria Legislativa de iniciativa e autoria do vereador Albertino Barbosa da Silva - Professor Branquinho.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE ASFALTE AS PRINCIPAIS RUAS DO DISTRITO DE SÃO PEDRO, PRINCIPALMENTE A AVENIDA GUIMARÃES ROSA.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE REFORME A PRAÇA DO DISTRITO DE SÃO PEDRO DO PASSA TRÊS.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE CONSTRUA UMA PRAÇA NA VILA MARAVILHA COM EQUIPAMENTOS PARA A PRÁTICA DE ATIVIDADES FÍSICAS.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO QUE REALIZE A PERFURAÇÃO DE MAIS UM POÇO ARTESIANO NO DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/</t>
+    <t>http://sapl.buritis.mg.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO GOVERNO MUNICIPAL QUE CONSTRUA UM GALPÃO DE 15 X 30 METROS NA COMUNIDADE DO RIACHO MORTO. </t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE REFORME O RANCHÃO DA VILA PALMEIRA.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE CONSTRUA UM LABORATÓRIO PÚBLICO DE INFORMÁTICA NO DISTRITO DE SÃO PEDRO DO PASSA TRÊS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE CRIE UMA EXTENSÃO DA ESCOLA DE MÚSICA SANTA CECÍLIA PARA A COMUNIDADE DO DISTRITO DE SÃO PEDRO DO PASSA TRÊS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL A COMPRA DE UM APARELHO PARA A REALIZAÇÃO DO TESTE DA ORELHINHA NA REDE MUNICIPAL.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE FAÇA UMA EXTENSÃO DO PROGRAMA PÃO E LEITE PARA O DISTRITO DE SÃO PEDRO.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE DISPONIBILIZE SINAL DE REDE WI-FI NAS PRAÇAS PÚBLICAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO GOVERNO MUNICIPAL QUE CONSTRUA UM CAMPO SOCIETY NO DISTRITO DE SÃO PEDRO DO PASSA TRÊS. </t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL A CRIAÇÃO E IMPLANTAÇÃO DA GUARDA MUNICIPAL NO MUNICÍPIO DE BURITIS-MG.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE PROVIDENCIE A IMPLANTAÇÃO DE BANCO DE SANGUE NO MUNICÍPIO DE BURITIS-MG.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE PROVIDENCIE A REFORMA E COBERTURA DA QUADRA DE ESPORTES DA VILA MARAVILHA</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO PREFEITO MUNICIPAL QUE EXECUTE A OPERAÇÃO DE REPARO NO ASFALTO DAS VIAS PÚBLICAS NO BAIRRO VEREDAS. </t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Toinzin da Vila Serrana</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO MUNICIPAL PROVIDENCIAR A AMPLIAÇÃO DO ABASTECIMENTO DE ÁGUA DA VILA SERRANA.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO MUNICIPAL PROVIDENCIAR A COBERTURA E ALAMBRADO DA QUADRA POLIESPORTIVA DA VILA SERRANA, BEM COMO SUA REFORMA.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Camila Almeida, Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO GOVERNO MUNICIPAL SUBSIDIAR OS PRODUTORES DA AGRICULTURA FAMILIAR, INCLUSIVE ASSENTADOS COM HORAS GRATUITAS DE TRATOR COM IMPLEMENTOS AGRÍCOLAS ADEQUADOS DESTINADOS A ARAÇÃO, PRODUÇÃO DE SILAGEM, CURVAS DE NÍVEIS E AINDA DESTINAR UMA DAS RETROESCAVADEIRAS DO MUNICÍPIO EXCLUSIVAMENTE PARA CONSTRUÇÃO DE MICROBACIAS.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL PROVIDENCIAR A CONSTRUÇÃO DE UM RETORNO NA PISTA DE CAMINHADA DA AVENIDA CENTRAL MAIS ESPECIFICAMENTE NAS PROXIMIDADES DA SEDE DA AGROVETERINÁRIA CAPUL, CONSTRUINDO AINDA UMA FAIXA DE TRAVESSIA ELEVADA NO LOCAL EM QUE FOR IMPLANTADO O RETORNO.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Martina da Serraria</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO MUNICIPAL PROVIDENCIAR A RECUPERAÇÃO DAS ESTRADAS DA REGIÃO DO PASMADO, INCLUINDO A SERRA QUE DÁ ACESSO AO ESTADO DE GOIÁS.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO MUNICIPAL PROVIDENCIAR A RESTAURAÇÃO DA AVENIDA URUCUIA NO TRECHO ENTRE O CEMITÉRIO E O RIO URUCUIA.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO MUNICIPAL PROVIDENCIAR A REFORMA DA BALSA JULIETA (BALSA DO RIO SÃO DOMINGOS) BEM COMO PROVÊ-LA COM OS EQUIPAMENTOS NECESSÁRIOS.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL CONSTRUIR UM PSF NO BAIRRO VEREDAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE CONSTRUA UM QUEBRA-MOLAS NA RUA BAHIA, CRUZAMENTO COM A RUA SALINAS.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL ATRAVÉS DA SECRETARIA DE ADMINISTRAÇÃO QUE SEJAM TOMADAS PROVIDÊNCIAS A RESPEITO DOS CONSTANTES ROUBOS E ARROMBAMENTOS AOS ÓRGÃOS PÚBLICOS E ESCOLAS PÚBLICAS DO MUNICÍPIO DE BURITIS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO GOVERNO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS TOMAR PROVIDÊNCIAS QUANTO À MELHORIAS E MANUTENÇÃO NO SISTEMA DE ILUMINAÇÃO PÚBLICA NO MUNICÍPIO DE BURITIS. </t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/39/2017-30_wania_-_quadra_sao_vicente.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/39/2017-30_wania_-_quadra_sao_vicente.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE O GOVERNO MUNICIPAL REALIZE UMA REFORMA NA QUADRA POLIESPORTIVA DA VILA SÃO VICENTE NO QUE TANGE PRINCIPALMENTE A REPARAÇÃO E TROCA DE FIOS DA REDE DE ELETRICIDADE.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Dr. Fernando</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO PREFEITO MUNICIPAL QUE INSTALE A CASA DE APOIO NO DISTRITO FEDERAL EM CONFORMIDADE COM A LEI MUNICIPAL Nº 1226 DE 12/09/2011.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL QUE FAÇA MANUTENÇÃO NAS PONTES EM TORNO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS QUE SEJAM TOMADAS PROVIDÊNCIAS A RESPEITO DA REFORMA DA PISTA DE SKATE E DA REVITALIZAÇÃO DA PRAÇA DA CASEMG NO MUNICÍPIO DE BURITIS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL, ATRAVÉS DA SECRETARIA DE SAÚDE QUE SEJAM TOMADAS PROVIDÊNCIAS À RETOMADA DOS ATENDIMENTOS DO MÉDICO PSIQUIATRA NO CAPS - CENTRO DE ATENÇÃO PSICOSSOCIAL NO MUNICÍPIO DE BURITIS.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL, ATRAVÉS DA SECRETARIA DE SAÚDE QUE SEJAM TOMADAS PROVIDÊNCIAS A RESPEITO DA INFESTAÇÃO DE ESCORPIÕES NO CMEI EUNICE MARTINS, NO BAIRRO JARDIM, MUNICÍPIO DE BURITIS.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUGERE AO GOVERNO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS QUE SEJAM TOMADAS PROVIDÊNCIAS A RESPEITO DA REFORMA E REVITALIZAÇÃO DO GINÁSIO DE ESPORTES DO BAIRRO CANAÃ NO MUNICÍPIO DE BURITIS.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO GOVERNO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL QUE SEJAM TOMADAS PROVIDÊNCIAS QUANTO À RETOMADA DO PROGRAMA DE AQUISIÇÃO DE ALIMENTOS, COMPRA DIRETA E MERENDA ESCOLAR NO MUNICÍPIO DE BURITIS. </t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Branquinho, Camila Almeida, Geldo da Mariquita, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO EM COMISSÃO DE COORDENADOR DE PROCON, EXTINGUE O CARGO EM COMISSÃO DE COORDENADOR DE CONTROLE INTERNO QUE MENCIONA E ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 072-2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTINGUE CARGO EM COMISSÃO DE COORDENADOR DE CONTROLE INTERNO PREVISTO NOS ANEXOS V, VI E VIII NO GRUPO DE CARGOS EM COMISSÃO DA LEI COMPLEMENTAR Nº 072/2010.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Camila Almeida, Martina da Serraria, Nilvia Prisco, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PRÊMIO MULHER DESTAQUE DE BURITIS/MG EM HOMENAGEM AO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS VENCIMENTOS DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE BURITIS E O SUBSÍDIO DOS VEREADORES, NA FORMA DO INCISO "X", DO ART. 37 DA CONSTITUIÇÃO DA REPÚBLICA FEDERATIVA DO BRASIL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Keny Sores Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ANEXOS DO QUADRO DE DETALHAMENTO DE DESPESAS E PROGRAMAS E AÇÕES RELATIVAS AO ANO DE 2017 PREVISTAS NA LEI MUNICIPAL Nº 1.283 DE 10.12..2013, QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2014/2017.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Camila Almeida</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE NO MUNICÍPIO DE BURITIS A PROFISSÃO DE CONDUTORES DE AMBULÂNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1349 DE 30.06.2016 QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LEI ORÇAMENTÁRIA DO MUNICÍPIO DE BURITIS (LDO), PARA O EXERCÍCIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA ÁREA DE DOMÍNIO PÚBLICO, ALTERA DESTINAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABRE CRÉDITO ESPECIAL NO IPREB - INSTITUTO DE PREVIDÊNCIA DE BURITIS, NO IMPORTE DE R$ 30.000,00 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES E CONTRIBUIÇÕES AS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A AFETAÇÃO DE ÁREA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/677/pl_14-2017.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/677/pl_14-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Executivo Municipal para reconhecimento de dívida com credor que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/678/pl_16-2017.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/678/pl_16-2017.pdf</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O SERVIÇO DE ORIENTAÇÃO E DEFESA DO CONSUMIDOR - PROCON CÂMARA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA OS CARGOS EM COMISSÃO DE COORDENADOR DE PROCON E SECRETÁRIO DE PROCON.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL POR INCONSTITUCIONALIDADE E POR INTERESSE PÚBLICO A DISPOSITIVOS DA PROPOSIÇÃO DE LEI Nº 003/2017.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -960,68 +960,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/11/2017-02_branquinho_-_quadra_poliesportiva_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/39/2017-30_wania_-_quadra_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/677/pl_14-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/678/pl_16-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/11/2017-02_branquinho_-_quadra_poliesportiva_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/39/2017-30_wania_-_quadra_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/677/pl_14-2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2017/678/pl_16-2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/./sapl/public/materialegislativa/2017/54/54_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>