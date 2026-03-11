--- v0 (2025-12-01)
+++ v1 (2026-03-11)
@@ -54,456 +54,456 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Keny Sores Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/66/plc_01-2018_reajuste_ao_magisterio.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/66/plc_01-2018_reajuste_ao_magisterio.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de reajuste a servidores que menciona, da Secretaria Municipal de Educação e Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Branquinho, Geldo da Mariquita, Geldo da Mariquita, Branquinho, Waninha e Camila Almeida, Martina da Serraria, Toinzin da Vila Serrana</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/69/plc_04-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/69/plc_04-2018.pdf</t>
   </si>
   <si>
     <t>Acrescenta e altera dispositivos da Lei Complementar nº 072/2010 e modifica dispositivos da Lei Complementar nº 116/2016 e dá outras providências.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/67/plc_05-2018_oficial_de_gabinete.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/67/plc_05-2018_oficial_de_gabinete.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e a extinção de cargo de provimento em Comissão e dá outras providências.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Branquinho, Geldo da Mariquita, Martina da Serraria, Toinzin da Vila Serrana</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_03-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_03-2018.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores públicos da Câmara Municipal de Buritis e o subsídio dos Vereadores, na forma do inciso “X”, do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/112/pl_04-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/112/pl_04-2018.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal do Rotariano”</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/113/pl_05-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/113/pl_05-2018.pdf</t>
   </si>
   <si>
     <t>Institui o dia Municipal do Gari.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/114/pl_08-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/114/pl_08-2018.pdf</t>
   </si>
   <si>
     <t>Altera a ementa e o artigo 1º da Lei nº 709, de 10 de dezembro de 1996.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Didé</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/115/pl_10-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/115/pl_10-2018.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Proteção dos Direitos da Pessoa com Transtorno do Espectro Autista.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/679/pl_no_26-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/679/pl_no_26-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Executivo Municipal para reconhecimento de dívida com credor que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/116/pr_01-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/116/pr_01-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PAGAMENTO DO ABONO DE FÉRIAS AOS VEREADORES DA CÂMARA MUNICIPAL DE BURITIS-MG.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/117/pr_02-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/117/pr_02-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL DE BURITIS-MG A AFASTAR DO CARGO POR MOTIVO DE LICENÇA SAÚDE PELO PERÍODO DE 15 DIAS.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/118/pr_03-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/118/pr_03-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 208/2010, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE BURITIS E CRIA A FUNÇÃO DE CONFIANÇA DE COORDENADOR DE SISTEMA DE APOIO AO PROCESSO LEGISLATIVO-SAPL.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Martina da Serraria, Toinzin da Vila Serrana, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/119/pr_04-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/119/pr_04-2018.pdf</t>
   </si>
   <si>
     <t>Rejeita as contas do Executivo Municipal de Buritis-MG, Exercício 2016, contrariando os termos do Parecer Prévio do TCE-MG, processo nº 1015873, e dá outras providências.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Didé, Toinzin da Vila Serrana, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/120/pr_05-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/120/pr_05-2018.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal de Buritis-MG, Exercício 2015, nos termos do Parecer Prévio do TCE-MG, processo nº 987620,</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Camila Almeida, Didé, Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/125/pr_06-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/125/pr_06-2018.pdf</t>
   </si>
   <si>
     <t>SUSTA OS EFEITOS JURÍDICOS DO DECRETO EXECUTIVO Nº 908 DE 22 DE AGOSTO DE 2018.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/121/pr_07-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/121/pr_07-2018.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos do Regimento Interno que menciona.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/126/pr_08-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/126/pr_08-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA A TRANSFERÊNCIA DE TITULARIDADE DE 01 (UM) VEÍCULO PERTENCENTE À CÂMARA MUNICIPAL DE BURITIS-MG, PARA O PATRIMÔNIO DA PREFEITURA MUNICIPAL DE BURITIS-MG.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Dr. Fernando</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/127/pr_09-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/127/pr_09-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EDUCACIONAL E DE GESTÃO À ESCOLA ESTADUAL ANÁLIA CARNEIRO DOS SANTOS.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/128/pr_10-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/128/pr_10-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL À SENHORA ELISÂNGELA ANDRADE FERREIRA.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/129/pr_11-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/129/pr_11-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOSÉ EUSTÁQUIO ELIAS.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/130/pr_12-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/130/pr_12-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO AO SENHOR VANDERLEY TIAGO DE SOUZA.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/131/pr_13-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/131/pr_13-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOSÉ BATISTA FARIA.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Camila Almeida</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/132/pr_14-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/132/pr_14-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ HONORÁRIA À SENHORA PETROLINA NUNES DA ROCHA.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Martina da Serraria</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/133/pr_15-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/133/pr_15-2018.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao senhor Wilson Ribeiro Ferreira</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/134/pr_16-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/134/pr_16-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO ESPORTIVO AO SENHOR SINVAL DIONÍSIO CARDOSO.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Toinzin da Vila Serrana</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/135/pr_17-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/135/pr_17-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO AO SENHOR ROSATO JOSÉ MENDES.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/136/pr_18-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/136/pr_18-2018.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito Empresarial ao senhor Célio Márcio de Oliveira</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/137/pr_19-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/137/pr_19-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL À SENHORA ZENAIDE FRANCISCA DA SILVA.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/138/pr_20-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/138/pr_20-2018.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL AO LUCAS PALOSCHI.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Branquinho, Geldo da Mariquita, Geldo da Mariquita, Toizim da Vila Serrana, Branquinho e Martina da Serraria, Martina da Serraria, Toinzin da Vila Serrana</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/141/pelo_01-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/141/pelo_01-2018.pdf</t>
   </si>
   <si>
     <t>Suprime a parte final do inciso XII do artigo 105 da Lei Orgânica do Município de Buritis-MG</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Didé, Geldo da Mariquita, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/140/pelo_02-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/140/pelo_02-2018.pdf</t>
   </si>
   <si>
     <t>Acrescenta §§ 3º e 4º ao art. 91, da Lei Orgânica do Município de Buritis/MG.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/139/pelo_03-2018.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/139/pelo_03-2018.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Buritis-MG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -810,68 +810,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/66/plc_01-2018_reajuste_ao_magisterio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/69/plc_04-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/67/plc_05-2018_oficial_de_gabinete.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_03-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/112/pl_04-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/113/pl_05-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/114/pl_08-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/115/pl_10-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/679/pl_no_26-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/116/pr_01-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/117/pr_02-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/118/pr_03-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/119/pr_04-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/120/pr_05-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/125/pr_06-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/121/pr_07-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/126/pr_08-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/127/pr_09-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/128/pr_10-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/129/pr_11-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/130/pr_12-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/131/pr_13-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/132/pr_14-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/133/pr_15-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/134/pr_16-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/135/pr_17-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/136/pr_18-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/137/pr_19-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/138/pr_20-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/141/pelo_01-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/140/pelo_02-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/139/pelo_03-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/66/plc_01-2018_reajuste_ao_magisterio.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/69/plc_04-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/67/plc_05-2018_oficial_de_gabinete.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/72/pl_03-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/112/pl_04-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/113/pl_05-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/114/pl_08-2018.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/115/pl_10-2018.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/679/pl_no_26-2018.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/116/pr_01-2018.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/117/pr_02-2018.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/118/pr_03-2018.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/119/pr_04-2018.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/120/pr_05-2018.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/125/pr_06-2018.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/121/pr_07-2018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/126/pr_08-2018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/127/pr_09-2018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/128/pr_10-2018.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/129/pr_11-2018.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/130/pr_12-2018.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/131/pr_13-2018.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/132/pr_14-2018.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/133/pr_15-2018.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/134/pr_16-2018.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/135/pr_17-2018.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/136/pr_18-2018.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/137/pr_19-2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/138/pr_20-2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/141/pelo_01-2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/140/pelo_02-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2018/139/pelo_03-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="136.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="204.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>