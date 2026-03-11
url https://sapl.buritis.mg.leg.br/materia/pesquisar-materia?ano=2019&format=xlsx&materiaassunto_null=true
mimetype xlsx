--- v0 (2026-01-16)
+++ v1 (2026-03-11)
@@ -54,354 +54,354 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Branquinho, Camila Almeida, Geldo da Mariquita, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/81/pl_02-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/81/pl_02-2019.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores públicos da Câmara Municipal de Buritis e o subsídio dos Vereadores, na forma do inciso  “X”, do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/82/pl_03-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/82/pl_03-2019.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública o Lar São Vicente de Paulo - LSVP.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/89/pl_05-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/89/pl_05-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA PERMANENTE DE ORIENTAÇÃO, CONSCIENTIZAÇÃO COMBATE E PREVENÇÃO DA DENGUE NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Camila Almeida</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/90/pl_07-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/90/pl_07-2019.pdf</t>
   </si>
   <si>
     <t>Altera a ementa e o artigo 1º da Lei nº 971, de 15 de março de 2005.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/111/pl_13-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/111/pl_13-2019.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a ASSOCIAÇÃO DE ASSISTÊNCIA SOCIAL E SERVIÇOS DE BURITIS-AASERB.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/91/pl_20-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/91/pl_20-2019.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Quadra Poliesportiva do Distrito de São Pedro do Passa Três e dá outras providências.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/92/pl_23-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/92/pl_23-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ATENDIMENTO PREFERENCIAL AS PESSOAS COM FIBROMIALGIA NOS LOCAIS EM QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pr_01-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pr_01-2019.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos do cargo em Comissão de Coordenador do PROCON, na forma do inciso “X”, do Art. 37 da Constituição da República Federativa do Brasil e atualiza o vencimento do cargo de Secretário de PROCON, nos termos do Decreto Federal nº 9661 de 01 de janeiro de 2019, que regulamenta a lei Federal nº 13.152 de 29 de julho de 2015.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pr_02-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pr_02-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL DE BURITIS-MG A AFASTAR DO CARGO POR MOTIVO DE LICENÇA SAÚDE PELO PERÍODO DE 60 DIAS.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/95/pr_03-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/95/pr_03-2019.pdf</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/96/pr_04-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/96/pr_04-2019.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A ABERTURA DE 02 (DUAS) VAGAS PARA ESTAGIÁRIOS, PARA AUXILIAREM NOS SERVIÇOS DA SECRETARIA DO FÓRUM DESTA COMARCA DE BURITIS-MG, NA FORMA DO TERMO DE CONVÊNIO CELEBRADO COMO O TRIBUNAL DE JUSTIÇA DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Dr. Fernando</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/97/pr_05-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/97/pr_05-2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL AO SENHOR NILSON DA SILVA NEIVA.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/98/pr_06-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/98/pr_06-2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EDUCACIONAL À SENHORA ELIENE APARECIDA TEIXEIRA DA SILVA.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Didé</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/99/pr_07-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/99/pr_07-2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JOÃO JOSÉ ALVES DE SOUZA.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/100/pr_08-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/100/pr_08-2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EDUCACIONAL À SENHORA ROSA AMÉLIA GONÇALVES DA SILVA.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/101/pr_09-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/101/pr_09-2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR PAULO ABI-ACKEL.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/102/pr_10-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/102/pr_10-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito Assistencial à senhora Marina Duarte.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/103/pr_11-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/103/pr_11-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito Empresarial ao senhor João Batista Ribeiro de Moraes.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/104/pr_12-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/104/pr_12-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito Assistencial ao senhor Juarez Flávio de Oliveira.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Martina da Serraria</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/105/pr_13-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/105/pr_13-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito Empresarial ao senhor Hosana Luiz de Faria.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/106/pr_14-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/106/pr_14-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Honra ao Mérito Assistencial ao senhor Jesuino Gonçalves Carneiro.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/107/pr_15-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/107/pr_15-2019.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária a senhora Maria Celina Coelho de Oliveira.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Toinzin da Vila Serrana</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/108/pr_16-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/108/pr_16-2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULO DE HONRA AO MÉRITO EMPRESARIAL AO SENHOR WESLEY DE ARAÚJO VALES.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Branquinho, Camila Almeida, Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/109/pr_17-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/109/pr_17-2019.pdf</t>
   </si>
   <si>
     <t>Extingue o voto em escrutínio secreto e dá outras providências</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/110/pr_18-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/110/pr_18-2019.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO ASSISTENCIAL AO SENHOR LEONARDO ANTÔNIO DE SOUSA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -708,68 +708,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/81/pl_02-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/82/pl_03-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/89/pl_05-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/90/pl_07-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/111/pl_13-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/91/pl_20-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/92/pl_23-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pr_01-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pr_02-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/95/pr_03-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/96/pr_04-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/97/pr_05-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/98/pr_06-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/99/pr_07-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/100/pr_08-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/101/pr_09-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/102/pr_10-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/103/pr_11-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/104/pr_12-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/105/pr_13-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/106/pr_14-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/107/pr_15-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/108/pr_16-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/109/pr_17-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/110/pr_18-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/81/pl_02-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/82/pl_03-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/89/pl_05-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/90/pl_07-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/111/pl_13-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/91/pl_20-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/92/pl_23-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/93/pr_01-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/94/pr_02-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/95/pr_03-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/96/pr_04-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/97/pr_05-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/98/pr_06-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/99/pr_07-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/100/pr_08-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/101/pr_09-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/102/pr_10-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/103/pr_11-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/104/pr_12-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/105/pr_13-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/106/pr_14-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/107/pr_15-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/108/pr_16-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/109/pr_17-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2019/110/pr_18-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="83.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="82.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>