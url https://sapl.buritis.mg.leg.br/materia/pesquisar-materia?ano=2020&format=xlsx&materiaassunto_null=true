--- v0 (2025-12-01)
+++ v1 (2026-03-15)
@@ -54,198 +54,198 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Camila Almeida, Didé, Geldo da Mariquita, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/84/plc_07-2020_alt._lc_72.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/84/plc_07-2020_alt._lc_72.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I e III, da Lei Complementar nº 072/2010, com alterações promovidas pela Lei Complementar nº 104/2014, Lei Complementar nº 116/2016, e pela Lei Complementar nº 126/0018.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/79/1_pl_02-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/79/1_pl_02-2020.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos dos servidores públicos da Câmara Municipal de Buritis e o subsídio dos vereadores, e dá outras providências</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Toinzin da Vila Serrana</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/73/1_pl_10-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/73/1_pl_10-2020.pdf</t>
   </si>
   <si>
     <t>Cria o Distrito denominado Vila Serrana, altera as divisas do Distrito de Serra Bonita e as confrontações do Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Martina da Serraria, Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/80/1_pl_12-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/80/1_pl_12-2020.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos agentes políticos de Buritis para a legislatura 2021/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/83/pl_14-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/83/pl_14-2020.pdf</t>
   </si>
   <si>
     <t>Revoga a lei municipal nº 848, de 02 de maio de 2001.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/77/pl_17-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/77/pl_17-2020.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Buritiense Integrado do Meio Ambiente - ABIMA</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Dr. Fernando, Martina da Serraria</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/78/pl_19-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/78/pl_19-2020.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Vale do Urucuia</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/85/projeto_de_resolucao_01-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/85/projeto_de_resolucao_01-2020.pdf</t>
   </si>
   <si>
     <t>Reajusta os vencimentos do cargo em Comissão de Coordenador do PROCON, na forma do inciso “X” do art. 37 da Constituição da República Federativa do Brasil e atualiza o vencimento do cargo de Secretário do Procon, autorizando a aplicação do índice do INPC, de acordo com o salário mínimo aprovado pelo Governo Federal para o exercício de 2020.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/86/pr_02-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/86/pr_02-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 332/2019, QUE REGULAMENTA A ABERTURA DE 02 (DUAS) VAGAS PARA ESTAGIÁRIOS, PARA AUXILIAREM NOS SERVIÇOS DA SECRETARIA DO FÓRUM DESTA COMARCA DE BURITIS-MG, NA FORMA DO TERMO DE CONVÊNCIO CELEBRADO COM O TRIBUNAL DE JUSTIÇA DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Branquinho, Didé, Toinzin da Vila Serrana</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/87/pr_03-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/87/pr_03-2020.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal de Buritis-MG, Exercício 2017, nos termos do Parecer Prévio do TCE-MG, processo nº 1046880</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/88/1_pr_04-2020.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/88/1_pr_04-2020.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal de Buritis-MG, Exercício 2018, nos termos do Parecer Prévio do TCE-MG, processo nº 1071728</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -552,68 +552,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/84/plc_07-2020_alt._lc_72.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/79/1_pl_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/73/1_pl_10-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/80/1_pl_12-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/83/pl_14-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/77/pl_17-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/78/pl_19-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/85/projeto_de_resolucao_01-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/86/pr_02-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/87/pr_03-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/88/1_pr_04-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/84/plc_07-2020_alt._lc_72.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/79/1_pl_02-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/73/1_pl_10-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/80/1_pl_12-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/83/pl_14-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/77/pl_17-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/78/pl_19-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/85/projeto_de_resolucao_01-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/86/pr_02-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/87/pr_03-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2020/88/1_pr_04-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="99.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>