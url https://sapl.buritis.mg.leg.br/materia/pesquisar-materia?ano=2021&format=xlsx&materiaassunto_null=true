--- v0 (2025-10-16)
+++ v1 (2026-03-12)
@@ -54,1977 +54,1977 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_01-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_01-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo municipal que reforme a Praça no Distrito de São Pedro.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_02-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_02-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que contrate um professor de música para ministrar aulas de violão no Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_03-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_03-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que faça uma extensão do Programa Pão e Leite para as Vilas e Distritos do município de Buritis.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_04-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_04-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que faça a extensão da pista de caminhada localizada na Avenida Bias Fortes até as proximidades do Posto de Combustível Beira Rio.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_05-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_05-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que disponibilize sinal de rede wi-fi nas Praças Públicas do município.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_06-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_06-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal a criação e implantação da Guarda Municipal no município de Buritis/MG.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_07-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_07-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que providencie a implantação de Banco de Sangue no município de Buritis/MG.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_08-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_08-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal, através da Secretaria de Agricultura, Meio Ambiente e Secretaria de Obras, possa realizar a Reabilitação Ambiental no Lixão de Buritis, Coleta Seletiva e faça do local uma Usina de Reciclagem.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_10-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_10-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que através da Secretaria Municipal de Obras que providencie o levantamento e cascalhamento das ruas não pavimentadas do Distrito de São Pedro do Passa Três. De autoria do vereador Professor Branquinho.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_12-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_12-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal a construção de uma Capela de Velório Municipal.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_13-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_13-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal a conceder apoio financeiro para a reforma da sede da Polícia Militar do Município de Buritis-MG.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_14-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_14-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal, através da Secretaria Municipal de Obras gestões para que proceda a reforma do Terminal Rodoviário, neste município.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_15-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_15-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal através da Secretaria de Saúde, providenciar aparelho portátil visualizador de veias para unidade mista de saúde e laboratório municipal.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Professora Sibele Freitas</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_16-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_16-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal, por intermédio da Secretaria de obras o seguinte: análise de viabilidade para instalação de um redutor de velocidade com a devida sinalização nas imediações da Rua Floresta esquina com a rua Rui Barbosa, entre a Câmara Municipal/Refrigás; e análise de viabilidade para instalação de um redutor de velocidade com a devida sinalização na Rua Monte Azul, bairro Veredas, em frente ao antigo campo do Buritis.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_17-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_17-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a implantação de uma academia ao ar livre nos canteiros situados na Avenida Paraná no Bairro Veredas, bem como a implementação de arborização e projeto de revitalização do local.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Faguinho da Padaria</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_19-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_19-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal, por intermédio da sua secretaria competente, análise de viabilidade para implantação de uma rotatória na altura do cruzamento da Avenida Bandeirantes com Avenida Pedro Valadares Versiane, próximo ao Posto 3M.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_20-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_20-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal por meio de sua Secretaria competente: Realizar a reforma da Quadra de esportes da Vila Rosa e reforma nas dependências do Centro Comunitário da Vila Rosa.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_21-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_21-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal, por intermédio da sua Secretaria competente que seja providenciado a iluminação dos Cemitérios do município.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_22-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_22-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal incluir nos grupos prioritários do Plano Municipal de Imunização (vacinação) conta a covid-19, sejam incluídos os profissionais da limpeza urbana, saneamento, como garis, coletores de lixo, recicladores de nosso município.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Flávio Galvão</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_23-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_23-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que possa encaminhar a esta Casa de Leis, em regime de urgência, Projeto de Lei que cria o Fundo Municipal do Idoso.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_24-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_24-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal que possa promover campanhas nas mídias sociais e demais meios de comunicação disponível, incentivando a destinação de recursos ao Fundo da Infância e do Adolescente por ocasião da declaração de imposto de renda.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_25-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_25-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo a criação de um Programa para distribuição gratuita de Kits de suplementação de vitaminas e minerais.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_26-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_26-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal, por intermédio da sua Secretaria competente: seja providenciado a reforma da instalação do Canil Municipal.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_27-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_27-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que providencie realizar obras de melhoramento da iluminação pública da Avenida Afonso Arinos, no Distrito de São Pedro do Passa Três, através da troca das lâmpadas fluorescentes/incandescentes por lâmpadas de LED, e colocação de postes do lado oposto da referida Avenida.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_28-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_28-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a construção de um quebra-molas na Rua Ouro Preto, próximo à Avenida Pedro Valadares Versiane.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_29-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_29-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal  que promova o retorno dos Programas Sociais Academia da Saúde e NASF no município de Buritis/MG</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_30-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_30-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que autorize a realização do curso pós-COVID-19 para os fisioterapeuta do município de Buritis/MG</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_31-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_31-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a criação de uma Unidade Móvel para testagem rápida da COVID-19.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_32-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_32-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que, através da Secretaria de Obras, promova o acesso à rodovia MG-400 através da Rua Monteiro Lobato, no Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_33-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_33-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que construa vestiários masculino e feminino na quadra poliesportiva do Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Flávio Galvão</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_34-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_34-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que, através da Secretaria de Obras, construa um treno na encruzilhada que dá acesso às regiões da Barriguda I e II.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_35-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_35-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a contratação de um coveiro para o Cemitério Municipal do Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_36-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_36-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a inclusão nos grupos prioritários de vacinação contra a COVID-19 as pessoas portadoras de Síndrome de Down, autismo e que apresentam deficiência intelectual e para pessoas portadoras de doenças crônicas.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_37-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_37-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal, por intermédio da sua Secretaria competente que seja providenciado o recapeamento da pista de caminhada/ciclismo localizada na Avenida Central, iniciando-se no bairro Canaã até o Bairro Jardim.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_38-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_38-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que seja providenciado a reforma da pista de Skate, localizada na praça da CASEMG.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_39-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_39-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente providência de instalação/construção de um quebra-molas na Av. Paraná esquina com a rua Araxá no bairro veredas.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_40-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_40-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente providência da construção do canil municipal.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_41-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_41-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal por intermédio da de sua Secretaria competente a implantação de uma Academia ao ar livre Saúde na praça no Distrito de Vila Serrana.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_42-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_42-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a colocação de placas indicando o nome das ruas do bairro Veredas.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_43-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_43-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a providência  de instalação/construção de um quebra-molas na Av Urucuia esquina com a Minas Gerais, bairro centro.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_44-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_44-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a providência de construção de uma Praça, para recreação de crianças e adultos.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_45-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_45-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal por intermédio da sua secretaria competente a construção de uma praça pública, arborizada e com um parquinho para crianças, nos imóveis do município situados no Bairro Jardim entre as ruas Adão Viana e Rua Pau Ferro, de frente com a Avenida Central.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_46-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_46-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que faça a contratação de mais um motorista de ambulância com destinação para o Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_47-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_47-2021.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo a distribuição gratuita de álcool em gel e máscaras de tecido, pela Secretaria Municipal de Saúde, para famílias de baixa renda de Buritis - MG, visando minimizar a disseminação do novo coronavírus e salvar milhões de vidas.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Ozanan</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_48-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_48-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal a instalação de placas nas fachadas das Unidades Básicas de Saúde de Buritis contendo informações sobre os serviços prestados à população de horários de atendimento.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_49-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_49-2021.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo através da Secretaria de Obras a execução dos serviços de recuperação asfaltica na Rua Belmiro Rodrigues da Costa, no Bairro Israel Pinheiro, no município de Buritis-MG.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_50-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_50-2021.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo Municipal a implantação de placas de sinalização de trânsito, pintura de redutores de velocidade (quebra-molas) e readequação de faixa de pedestres.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_51-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_51-2021.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo através da Secretaria de Obras providenciar um poço artesiano, visando à melhoria do abastecimento de água da Comunidade Barro Vermelho.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_52-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_52-2021.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo através da Secretaria de Obras e Secretaria de Saúde promover ações para construção de um PSF no bairro Veredas, município de Buritis.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_54-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_54-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a implantação de uma academia ao ar livre na Vila Rosa.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_55-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_55-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria competente a providência de instalação/construção de um quebra-molas na Rua São Domingos nº 651 ao lado Olegário do sanduíche.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_56-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_56-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a solicitação a instalação de parques infantil adaptados com brinquedos inclusivos para crianças com necessidades especiais.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/269/indicacao_57-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/269/indicacao_57-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a limpeza do mato, do entulho de construção, arrumar o restante do asfalto e do meio fio até o final localizada da rua Lindolfo Gonçalves Sobrinho no bairro Canaã.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_58-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_58-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a providenciar a construção de casas populares destinadas as pessoas de baixa renda nos Distritos de Serra Bonita, São Pedro do Passa Três e de Vila Serrana, e ainda, nas Vilas São Vicente e Vila Maravilha.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/270/indicacao_59-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/270/indicacao_59-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a Secretaria Municipal competente a implantação de uma academia ao ar livre na Praça Dom Eliseu.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Flávio Galvão, Professora Sibele Freitas</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/208/ind_60-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/208/ind_60-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a Secretaria Municipal competente a Construção de uma praça entre as ruas Amazonas, Ouro Preto esquina com a Avenida Pedro Valadares Versiane no bairro Veredas frente ao Posto Juá Flávio.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/209/ind_61-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/209/ind_61-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a sinalização do solo e faixa de pedestre próxima ao colégio Ametista na Av. Pedro Versiane de uma esquina a outra que dá acesso aos alunos para o bairro Canaã.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/271/indicacao_62-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/271/indicacao_62-2021.pdf</t>
   </si>
   <si>
     <t>Determinar à Secretaria competente que tome providências com a implantação de um programa municipal de equoterapia e terapias assistidas para ajudar as pessoas com deficiência ou necessidades especiais.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_63-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_63-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria competente do Poder Executivo a implantação de uma piscina olímpica ou semiolípica.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Professora Sibele Freitas, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_64-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_64-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal a aquisição de kits de higiene para disponibilização à pessoas em situação de vulnerabilidade social</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_65-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_65-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a providência de instalação/construção de um quebra-molas na Rua Paraná próximo a Biblioteca Pública.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_66-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_66-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a providência de instalação/construção de um quebra-molas na Rua Castelo Branco 79 veredas.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_67-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_67-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, para que através da Secretaria de Obras, providencie construção de uma Ponte sobre o Rio Luíz Pais, na Região dos Mangues, próximo a fazenda do Sr. Zezú.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/210/ind_69-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/210/ind_69-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, através da Secretaria Municipal de Agricultura, providenciar a cobertura permanente e quiosque padronizado do local onde funciona a Feira Livre de Agricultura Familiar, localizada na Avenida Bias Fortes, esquina com a Avenida Pedro Valadares Versiane.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_70-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_70-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a construção de uma ciclovia.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_71-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_71-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria competente do Poder Executivo a implantação da escolinha de futebol Municipal para crianças e adolescentes.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_72-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_72-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, o desenvolvimento de Projeto Social para construção de casas populares, destinadas às famílias carentes, de baixa renda, residente e domiciliadas no município de Buritis.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_73-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_73-2021.pdf</t>
   </si>
   <si>
     <t>Sugere seja implementado calçamento na orla da lagoa da Vereda, com uma passarela (pier) e iluminação pública.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_74-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_74-2021.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo através da Secretaria de Obras a pavimentação asfáltica do perímetro urbano da Comunidade de Vila São Vicente, no município de Buritis-MG.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_75-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_75-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a implantação de uma academia ao ar livre em um local no bairro Israel Pinheiro dando acesso também aos moradores do bairro Extrema.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_76-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_76-2021.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Prefeito Municipal, que, junto ao responsável pela Pasta da Saúde Pública Municipal, viabilize a disponibilização de atendimento psicológico para acompanhamento aos pacientes que ficam por longo período internados no hospital (pós Covid), estendendo também, o apoio psicológico aos profissionais de saúde que atuam diuturnamente no enfrentamento da pandemia do novo Coronavírus.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Professora Sibele Freitas, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_77-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_77-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal através da Secretaria competente, a execução de obras para construção de uma Vila Olímpica e Paraolímpica, no espaço do antigo campo de Futebol do Buritis Esporte Clube, localizado no bairro Veredas, em Buritis-MG.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/300/indicacao_78-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/300/indicacao_78-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a construção de uma sede para o Conselho Tutelar, com visibilidade e placas informando o local, dando início as obras mudem a sede para local centralizado até o fim das obras.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_79-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_79-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que conceda abono salarial na forma de 14ª salário aos profissionais do Magistério, com recursos provenientes do FUNDEB</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_80-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_80-2021.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Executivo Municipal para que encaminhe a esta casa de leis, Projeto de Lei instituindo programa de subsídio de mão de obra ou materiais, para incentivar a ligação dos imóveis à rede de coleta de esgoto, estabelecendo critérios padronizados e igualitários para os consumidores.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/267/indicacao_81-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/267/indicacao_81-2021.pdf</t>
   </si>
   <si>
     <t>Promova a realização de curso de capacitação para a formação de Brigadista.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_82-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_82-2021.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Executivo, através do setor competente a troca de lâmpadas convencionais por lâmpadas led, para as Ruas e Avenidas do bairro veredas, Buritis-MG.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_83-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_83-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que faça um estudo para instalação de uma Casa de Recuperação para dependentes químicos em Buritis</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_84-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_84-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal a criação de auxílio saúde para funcionários públicos municipais.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/310/indicacao_85-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/310/indicacao_85-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a providência de instalação/construção de um quebra-molas na Rua Nossa Senhora da Pena número 90 Bairro Israel Pinheiro.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_86-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_86-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao executivo e a secretaria competente, a realização de divulgação e campanha publicitária para prevenção do abuso sexual de crianças, adolescentes e idosos, através de cartazes, panfletos, dentre outros meios, para serem divulgados em escolas, eventos culturais e esportivos.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/311/indicacao_87-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/311/indicacao_87-2021.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Executivo, através da Secretaria de Obras a instalação de grades em bueiros e bocas de lobos em toda a cidade, Buritis-MG.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_88-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_88-2021.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Executivo, através da Secretaria de Obras a instalação de Placas de Sinalização das Rotas Cicloviárias em toda a cidade, Buritis-MG.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_89-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_89-2021.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Executivo, através da Secretaria de Ação Social e Secretaria de Obras a catalogação dos jazigos perpétuos, bem como, a implantação do sistema integrado de informatização dos cemitérios, Buritis-MG.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_90-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_90-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo executivo e a secretaria competente, um estudo de viabilidade para implantação de um posto de atendimento médico, voltada para assistência da terceira idade no nosso município. Com a criação desse posto o Poder Executivo, através da Secretaria de Saúde, poderá prestar um melhor atendimento aqueles em que fazem jus a ele e desafogando os postos de saúde.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_91-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_91-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo ao executivo e a secretaria competente, implantação de um Posto de Saúde da Família (PSF) no Bairro Jardim, para melhor atender os moradores do referido Bairro.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_92-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_92-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a implantação de uma academia ao ar livre no Bairro Jardim.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_93-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_93-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo ao executivo e a secretaria competente, a realização de obras no parquinho instalando brinquedos novos e cobertura no espaço, cobertura na entrada da creche e aumento de colunas nos muros da creche do bairro Jardim.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_94-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_94-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a Secretaria Municipal competente a providência de instalação/construção de um quebra-molas na Rua Joaquim  Brochado entre a casa número 354 e o Bola Café.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_95-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_95-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo ao executivo e a secretaria competente, a instalação de lixeiras públicas na cidade de Buritis-MG em seus diferente bairros.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_97-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_97-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo ao executivo e a secretaria competente, a contratação de monitores para cada ônibus escolar que trafegam na zona rural e urbana deste município.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_99-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_99-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a providência de instalação/construção de um quebra-molas na Rua Castro Alves entre a Rua Cristóvão Colombo bairro Taboquinha.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_100-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_100-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao executivo revisão da GDI e Diárias dos Condutores de ambulância, a Carga Horária de 40 para 30 horas e que faça adequação do Plano de Carreira.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_101-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_101-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao governo Municipal e a secretaria municipal competente a realização de manutenção de reparos na pista de caminhada do Bairro Taboquinha.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_102-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_102-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a realização do serviço tapa buracos no Bairro Veredas.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_103-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_103-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a secretaria municipal competente a alteração para mão única de direção da Rua Bahia centro, onde se iniciará em frente a ISIS COPIADORA, acabando ante de chegar na AV. Bandeirantes.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_104-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_104-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que solicite do órgão competente a implementação das placas de estacionamento rotativo de 15 minutos nas proximidades das agências bancárias e farmácias, conforme Resolução CONTRAN 302 de 18/18/2008.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_105-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_105-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a construção da rampa de acessibilidade na pista de caminhada da avenida Paraná no bairro veredas.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_106-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_106-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que proceda com o recapeamento asfáltico e construção do canteiro central na rua Boaventura Joaquim Ramos do bairro Israel Pinheiro.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_107-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_107-2021.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal implantar via de sentido único na rua Brasília, no trecho compreendido entre a rua Sete de Setembro até a avenida São Vicente.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Keny Sores Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/346/plc_01-2021_-_devolvido.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/346/plc_01-2021_-_devolvido.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios de recolhimento de Tributos em atraso e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/347/plc_02-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/347/plc_02-2021.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos cargos de provimento em comissão constantes da Lei Complementar nº 92 de 10.12.2013 e alterações posteriores, nos termos do inciso "X" do art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/348/plc_03-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/348/plc_03-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios de recolhimento de Tributos em atraso e dá outras providências,</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/349/plc_04-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/349/plc_04-2021.pdf</t>
   </si>
   <si>
     <t>Concede descontos especiais no IPTU - Imposto Predial e Territorial Urbano, do exercício de 2021, em virtude da Pandemia para imóveis residenciais e comerciais e dá outras providências,</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/350/plc_05-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/350/plc_05-2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos art. 2º da Lei Complementar nº 147 de 02 de junho de 2021 que  Concede descontos especiais no IPTU- Imposto Predial e Territorial Urbano, do exercício de 2021, em virtude da Pandemia, para imóveis residenciais e comerciais e dá outras providências e o art. 2º da Lei Complementar nº 145 de 04.02.2021 que Estabelece critérios de recolhimento de tributos em atraso e dá outras providências,</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Flávio Galvão, Ozanan, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/351/plc_06-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/351/plc_06-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 104, de 18 de agosto de 2014, que criou o cargo de Analista de Controle Interno e de Contador da Câmara Municipal de Buritis/MG</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Rufino Clóvis Folador</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/376/plc_07-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/376/plc_07-2021.pdf</t>
   </si>
   <si>
     <t>Cria cargos, altera o número de vagas e nomenclatura de cargos de provimento em comissão, alteras os anexos constantes da Lei Complementar nº 92 de 10.12.2013 que dispõe sobre os cargos de provimento em Comissão, as funções de confiança, define atribuições, cria cargos, cria gratificação especial, altera o número de vagas dos cargos de provimento efetivo, adequa e fixa vencimentos das Leis Complementares 38/2007 de 28.08.2007, Que dispõe sobre a estruturação do Plano de Cargos e Carreiras da Prefeitura Municipal de Buritis, estabelece normas gerais de enquadramento, institui nova tabela de vencimentos e modificações posteriores e a Lei Complementar nº 63 de 30.12.2009 que Dispões sobre o Novo Plano de Carreira, cargos e salários - PCCS do Magistério e dos servidores da Educação do Município de Buritis e legislação posterior e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/375/plc_08-2021_aumento_sec._gab._camara.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/375/plc_08-2021_aumento_sec._gab._camara.pdf</t>
   </si>
   <si>
     <t>Altera o anexo VI da Lei Complementar nº 72/2010 e aumenta o vencimento do cargo em comissão de Secretário de Gabinete.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/324/pl_01-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/324/pl_01-2021.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos servidores públicos da Câmara Municipal de Buritis e o subsídio dos Vereadores, na forma do inciso "X", do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/325/pl_02-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/325/pl_02-2021.pdf</t>
   </si>
   <si>
     <t>Revisa os Subsídios dos Agentes Políticos do Poder Executivo e dos servidores públicos municipais, nos termos do inciso "X" do art. 37 da Constituição Federal e dá outras providências</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/326/pl_03-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/326/pl_03-2021.pdf</t>
   </si>
   <si>
     <t>APROVA A MUNICIPALIZAÇÃO DA ESCOLA ESTADUAL SÃO DOMINGOS LOCALIZADA NO DISTRITO DE SÃO PEDRO DO PASSA TRÊS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/327/pl_04-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/327/pl_04-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a Criação de Casa de Apoio em Belo Horizonte - MG e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/328/pl_05-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/328/pl_05-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do novo Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS/FUNDEB.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/329/pl_06-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/329/pl_06-2021.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/124/pl_07-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/124/pl_07-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece as igrejas, templos religiosos de qualquer culto e as comunidades missionárias como atividade essencial no município de Buritis/MG.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Geldo da Mariquita, Professora Sibele Freitas, Waninha, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/123/pl_08-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/123/pl_08-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece a prática de exercícios físicos como essenciais para a população de buritis/MG em estabelecimento prestadores de serviços destinados a essa finalidade, bem como em espaços públicos em tempos de calamidade pública declarada.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/330/pl_09-2021_ldo.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/330/pl_09-2021_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/332/pl_10-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/332/pl_10-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal dos Direitos da Pessoa Idosa do Município de Buritis e dá outras providências</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/333/pl_11-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/333/pl_11-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao orçamento vigente no importe de R$256.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/334/pl_12-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/334/pl_12-2021.pdf</t>
   </si>
   <si>
     <t>Altera a afetação de área pública e dá outras providências.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/335/pl_13-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/335/pl_13-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação a prédios públicos que menciona e dá outras providências</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/322/pl_14-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/322/pl_14-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de consulta prévia à comunidade escolar pelo Município de Buritis/MG, para fins de absorção dos anos iniciais e finais do ensino fundamental das escolas públicas estaduais e dá outras providências.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/336/pl_16-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/336/pl_16-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Serviço de Inspeção Municipal e os procedimentos de inspeção sanitária e industrial dos produtos de origem animal e dá outras providências.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/337/pl_17-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/337/pl_17-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza doação de imóvel para o Rotary Club de Buritis e para a Associação Beneficente Nova Esperança de Buritis e dá outras providências</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/253/pl_18-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/253/pl_18-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Produtores Rurais das Bacias do Ribeirão Lamarão e Caraíbas - ASPROLAR.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/339/pl_17-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/339/pl_17-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do conselho municipal de segurança alimentar, nutricional sustentável de Buritis/MG, Consea/Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/340/pl_20-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/340/pl_20-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Habitação de Interesse Social - FHIS e institui o Conselho Gestor do FHIS e da outras providências</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/</t>
+    <t>http://sapl.buritis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio 2022-2025 e dá outras providências:</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/341/pl_22-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/341/pl_22-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e o funcionamento do Canil Municipal e dá outras providências</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/260/pl_23-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/260/pl_23-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação 1 de setembro de Produtores Rurais do Projeto de Assentamento Mãe das Conquistas, e da outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/342/pl_24-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/342/pl_24-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Buritis a firmar termo de convênio de cooperação como o Município de Formoso-MG com o intuito de unir esforços para a construção da ponte sobre Rio São Domingos que faz divisa entre estes municípios, cria crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/378/pl_25-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/378/pl_25-2021.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Buritis para o exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/251/pl_26-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/251/pl_26-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Social Santa Luzia de Buritis e dá outras providências</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/252/pl_27-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/252/pl_27-2021.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei Municipal nº 1.335, de 15 de outubro de 2015, para correção de erro material</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/323/pl_28-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/323/pl_28-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Margarida Alves dos Agricultores Familiares Rurais do P.A. Mãe das Conquistas, e dá outras providências.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/343/pl_29-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/343/pl_29-2021.pdf</t>
   </si>
   <si>
     <t>Altera o anexo V - A constante da Lei Municipal 1.473 de 27.10.2021 que Estima a receita e fixa a despesas do Município para o exercício de 2.022 e altera a Lei Municipal 1.471 de 27.10.2021 que dispõe sobre o plano plurianual para o quadriênio 2.022/2.025 e dá outras providências.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/344/pl_30-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/344/pl_30-2021.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Pequenos Produtores Rurais da Região da Vila Rosa-ASPROROSA.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/825/pl_31-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/825/pl_31-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre prevenção e punição do assédio moral no ãmbito do Poder Executivo e Legislativo do Município de Buritis.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/373/pl_32-2021_desafeta_area_em_serra_bonita.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/373/pl_32-2021_desafeta_area_em_serra_bonita.pdf</t>
   </si>
   <si>
     <t>Desafeta área escolar no loteamento do Distrito de Serra Bonita e dá outras providências.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/345/pl_33-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/345/pl_33-2021.pdf</t>
   </si>
   <si>
     <t>Altera o anexo das metas da Secretaria Municipal de Educação e Cultura, constante na Lei 1445 de 18 de Junho de 2020, que dispõe sobre as Diretrizes Orçamentárias para incluir o abono do FUNDEB para os profissionais da educação básica e dá outras providências.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/371/pl_34-2021_abono_educacao.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/371/pl_34-2021_abono_educacao.pdf</t>
   </si>
   <si>
     <t>Cria o abono com recursos do Fundo de Manutenção e Desenvolvimento da Educação Básica e Valorização dos Profissionais da Educação a ser pago aos Profissionais da Educação Básica de dá outras providências.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/374/pl_35-2021_previdencia_complementar.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/374/pl_35-2021_previdencia_complementar.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do Município de Buritis, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar; e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/366/pr_01-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/366/pr_01-2021.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos do cargo em Comissão de Coordenador de PROCON, na forma do inciso "X" do Art. 37, da Constituição da República Federativa do Brasil e atualiza o vencimento do cargo de Secretário de PROCON, nos termos da Medida Provisória nº 1021, de 30 de dezembro de 2020.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/256/pr_02-2021_eliminacao_de_docs_do_arquivo.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/256/pr_02-2021_eliminacao_de_docs_do_arquivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o arquivo público da Câmara Municipal de Buritis/MG, e autoriza a eliminação de documentos públicos que menciona.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/254/pr_03-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/254/pr_03-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a baixa de bens patrimoniais inservíveis do Poder Legislativo de Buritis-MG e, dá outras providências.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/255/pr_04-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/255/pr_04-2021.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL DE BUIRTIS-MG A AFASTAR DO CARGO POR MOTIVO DE LICENÇA SAÚDE PELO PERÍODO DE ATÉ 90 DIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/370/pr_05-2021_aumento_salario_procon.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/370/pr_05-2021_aumento_salario_procon.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º da Resolução nº 305 de 04 de maio de 2017, e aumenta o vencimento do cargo em Comissão de Secretário de PROCOM.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/194/req_01-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/194/req_01-2021.pdf</t>
   </si>
   <si>
     <t>Requer as informações que menciona.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/195/req_02-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/195/req_02-2021.pdf</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/196/req_03-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/196/req_03-2021.pdf</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/197/req_04-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/197/req_04-2021.pdf</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/198/req_05-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/198/req_05-2021.pdf</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/199/req_06-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/199/req_06-2021.pdf</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Flávio Galvão, Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/200/req_07-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/200/req_07-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o cumprimento da Lei Complementar Municipal nº 099, de 07 de março de 2014..</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/201/req_08-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/201/req_08-2021.pdf</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/202/req_09-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/202/req_09-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a concessão ou indeferimento, da Progressão na carreira dos servidores públicos do Poder Executivo Municipal referentes a direitos adquiridos a partir da vigência da Lei Complementar Federal nº 173/2020.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/203/req_10-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/203/req_10-2021.pdf</t>
   </si>
   <si>
     <t>Requer a convocação do Sr. Antonino Rodrigues de Souza Junior, Secretário Municipal de Administração e Planejamento para comparecimento na sala de comissões da Câmara Municipal de Buritis/MG, nos termos do Regimento Interno.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/204/req_11-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/204/req_11-2021.pdf</t>
   </si>
   <si>
     <t>Requer, na forma de convite, o comparecimento da Secretária Municipal de saúde na tribuna da Câmara Municipal de Buritis para tratar de assuntos relacionados ao enfrentamento do Covid-19 no nosso município.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/205/req_12-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/205/req_12-2021.pdf</t>
   </si>
   <si>
     <t>Requer as informações sobre o cumprimento do Plano Nacional de Imunização pelo município de Buritis, nos termos que menciona.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Geldo da Mariquita, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/206/req_13-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/206/req_13-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações que menciona, relacionadas a política de saneamento básico no município de Buritis?MG.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/207/req_14-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/207/req_14-2021.pdf</t>
   </si>
   <si>
     <t>Requer informações que menciona, relacionadas à prestação de serviços públicos de abastecimento de água e de esgotamento sanitário pela copasa no município de Buritis/MG.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_15-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_15-2021.pdf</t>
   </si>
   <si>
     <t>Requer as informações acerca da aplicação dos recursos transferidos à conta do FUNDEB, nos períodos em que menciona dos exercícios 2020 e 2021.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_16-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_16-2021.pdf</t>
   </si>
   <si>
     <t>Requer as informações que menciona da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/273/req_17-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/273/req_17-2021.pdf</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/264/req_18-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/264/req_18-2021.pdf</t>
   </si>
   <si>
     <t>Requer cópia dos procedimentos licitatórios que menciona.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/266/req_19-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/266/req_19-2021.pdf</t>
   </si>
   <si>
     <t>Requer cópia da Tomada de Preços nº 20/2020, deflagrado para contratação de empresa para execução da obra do Portal de entrada da Cidade, com os documentos e informações que menciona.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/265/req_20-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/265/req_20-2021.pdf</t>
   </si>
   <si>
     <t>Requer cópia da Tomada de Preços nº 25/2020, deflagrado para contratação de Contratar Empresa Especializada em Construção Civil para Execução de Pavimentação em Concreto Usinado da Pista de Caminhada, Localizado as Margens da Avenida Pedro Valadares Versiane, com os documentos e informações que menciona.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/367/5_veto_total.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/367/5_veto_total.pdf</t>
   </si>
   <si>
     <t>Veto total à Proposição de Lei nº 13/2021 ref. ao PL 14-2021.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/369/5_veto_total.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/369/5_veto_total.pdf</t>
   </si>
   <si>
     <t>Veto total ao texto da Proposição de Lei nº 13/2021, de iniciativa e autoria do Legislativo Municipal.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Branquinho, Faguinho da Padaria, Flávio Galvão, Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/372/pelo_01-2021_emenda_impositiva.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/372/pelo_01-2021_emenda_impositiva.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 127-A na Lei Orgânica do Município de Buritis, dispondo sobre a execução orçamentária e financeira da programação incluída por emendas individuais do Legislativo (LOA).</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Nilvia Prisco, Professora Sibele Freitas, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/122/pelo_002-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/122/pelo_002-2021.pdf</t>
   </si>
   <si>
     <t>Acrescenta alínea ao § 1º do art. 10 e revoga alínea do § 2º do art. 10, ambos da Lei Orgânica do Município de Buritis-MG.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Flávio Galvão, Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/352/pelo_03-2021.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/352/pelo_03-2021.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos no art. 111 da Lei Orgânica do Município de Buritis/MG.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2331,68 +2331,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_05-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_08-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_10-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_12-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_13-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_14-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_15-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_16-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_17-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_19-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_20-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_21-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_22-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_23-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_24-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_25-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_26-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_27-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_28-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_29-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_30-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_31-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_32-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_33-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_34-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_35-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_36-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_37-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_38-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_39-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_40-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_41-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_42-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_43-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_44-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_45-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_46-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_47-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_48-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_49-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_50-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_51-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_52-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_54-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_55-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_56-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/269/indicacao_57-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_58-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/270/indicacao_59-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/208/ind_60-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/209/ind_61-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/271/indicacao_62-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_63-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_64-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_65-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_66-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_67-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/210/ind_69-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_70-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_71-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_72-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_73-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_74-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_75-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_76-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_77-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/300/indicacao_78-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_79-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_80-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/267/indicacao_81-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_82-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_83-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_84-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/310/indicacao_85-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_86-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/311/indicacao_87-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_88-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_89-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_90-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_91-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_92-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_93-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_94-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_95-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_97-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_99-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_100-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_101-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_102-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_103-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_104-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_105-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_106-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_107-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/346/plc_01-2021_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/347/plc_02-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/348/plc_03-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/349/plc_04-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/350/plc_05-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/351/plc_06-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/376/plc_07-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/375/plc_08-2021_aumento_sec._gab._camara.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/324/pl_01-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/325/pl_02-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/326/pl_03-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/327/pl_04-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/328/pl_05-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/329/pl_06-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/124/pl_07-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/123/pl_08-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/330/pl_09-2021_ldo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/332/pl_10-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/333/pl_11-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/334/pl_12-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/335/pl_13-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/322/pl_14-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/336/pl_16-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/337/pl_17-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/253/pl_18-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/339/pl_17-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/340/pl_20-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/341/pl_22-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/260/pl_23-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/342/pl_24-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/378/pl_25-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/251/pl_26-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/252/pl_27-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/323/pl_28-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/343/pl_29-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/344/pl_30-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/825/pl_31-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/373/pl_32-2021_desafeta_area_em_serra_bonita.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/345/pl_33-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/371/pl_34-2021_abono_educacao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/374/pl_35-2021_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/366/pr_01-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/256/pr_02-2021_eliminacao_de_docs_do_arquivo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/254/pr_03-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/255/pr_04-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/370/pr_05-2021_aumento_salario_procon.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/194/req_01-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/195/req_02-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/196/req_03-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/197/req_04-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/198/req_05-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/199/req_06-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/200/req_07-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/201/req_08-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/202/req_09-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/203/req_10-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/204/req_11-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/205/req_12-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/206/req_13-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/207/req_14-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_15-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_16-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/273/req_17-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/264/req_18-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/266/req_19-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/265/req_20-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/367/5_veto_total.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/369/5_veto_total.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/372/pelo_01-2021_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/122/pelo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/352/pelo_03-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_05-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_08-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_10-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_12-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_13-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_14-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_15-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_16-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_17-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_19-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_20-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_21-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_22-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_23-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_24-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/162/indicacao_25-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/163/indicacao_26-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_27-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_28-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_29-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_30-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_31-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_32-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_33-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_34-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/172/indicacao_35-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/173/indicacao_36-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/174/indicacao_37-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/175/indicacao_38-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_39-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_40-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_41-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_42-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_43-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_44-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_45-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_46-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_47-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_48-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_49-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_50-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_51-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_52-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_54-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_55-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_56-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/269/indicacao_57-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_58-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/270/indicacao_59-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/208/ind_60-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/209/ind_61-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/271/indicacao_62-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_63-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/268/indicacao_64-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_65-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_66-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_67-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/210/ind_69-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_70-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_71-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_72-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_73-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/272/indicacao_74-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_75-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_76-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_77-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/300/indicacao_78-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_79-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_80-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/267/indicacao_81-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_82-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_83-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_84-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/310/indicacao_85-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_86-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/311/indicacao_87-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_88-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_89-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_90-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_91-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_92-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_93-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_94-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/404/indicacao_95-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_97-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_99-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_100-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_101-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_102-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_103-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_104-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_105-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_106-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_107-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/346/plc_01-2021_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/347/plc_02-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/348/plc_03-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/349/plc_04-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/350/plc_05-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/351/plc_06-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/376/plc_07-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/375/plc_08-2021_aumento_sec._gab._camara.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/324/pl_01-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/325/pl_02-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/326/pl_03-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/327/pl_04-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/328/pl_05-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/329/pl_06-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/124/pl_07-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/123/pl_08-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/330/pl_09-2021_ldo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/332/pl_10-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/333/pl_11-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/334/pl_12-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/335/pl_13-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/322/pl_14-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/336/pl_16-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/337/pl_17-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/253/pl_18-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/339/pl_17-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/340/pl_20-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/341/pl_22-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/260/pl_23-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/342/pl_24-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/378/pl_25-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/251/pl_26-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/252/pl_27-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/323/pl_28-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/343/pl_29-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/344/pl_30-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/825/pl_31-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/373/pl_32-2021_desafeta_area_em_serra_bonita.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/345/pl_33-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/371/pl_34-2021_abono_educacao.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/374/pl_35-2021_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/366/pr_01-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/256/pr_02-2021_eliminacao_de_docs_do_arquivo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/254/pr_03-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/255/pr_04-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/370/pr_05-2021_aumento_salario_procon.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/194/req_01-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/195/req_02-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/196/req_03-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/197/req_04-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/198/req_05-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/199/req_06-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/200/req_07-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/201/req_08-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/202/req_09-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/203/req_10-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/204/req_11-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/205/req_12-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/206/req_13-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/207/req_14-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/248/requerimento_15-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/250/requerimento_16-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/273/req_17-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/264/req_18-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/266/req_19-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/265/req_20-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/367/5_veto_total.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/369/5_veto_total.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/372/pelo_01-2021_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/122/pelo_002-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2021/352/pelo_03-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>