--- v0 (2025-10-15)
+++ v1 (2026-03-15)
@@ -54,1557 +54,1557 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professora Sibele Freitas</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/409/indicacao_01-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/409/indicacao_01-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo Municipal e a secretaria municipal competente a melhoria, reforma na quadra do bairro Jardim. Matéria Legislativa de iniciativa e autoria da vereadora Professora Sibele Santos de Freitas.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_03-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_03-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, através da Secretaria de Transporte e Obras Públicas a substituição das pontes de madeira por pontes de concreto no Município de Buritis-MG.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_05-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_05-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que reforme a Praça no Distrito de São Pedro.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/412/indicacao_06-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/412/indicacao_06-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que faça uma extensão do Programa Pão e Leite para as Vilas e Distritos do município de Buritis.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_07-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_07-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que disponibilize sinal de rede wi-fi nas Praças Públicas do município. Matéria Legislativa de iniciativa e autoria do vereador Albertino Barbosa da Silva - Professor Branquinho.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_08-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_08-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo a implantação do "Programa Desjejum" (café da manhã) nas escolas municipais da zona rural, com extensão para as escolas da zona urbana.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_09-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_09-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo Municipal e a secretaria competente que seja colocado placas contendo símbolos mundiais do autismo, nos estabelecimento públicos e privados, e principais ruas da cidade.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_10-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_10-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo Municipal e a secretaria competente que seja feita ações sobre a conscientização da proteção e defesa dos animais.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_11-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_11-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo Municipal e a secretaria competente que seja realizada feiras mensalmente de adoções dos resgatados no município. Matéria Legislativa de iniciativa e autoria da vereadora Professora Sibele Santos de Freitas.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_12-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_12-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo Municipal e a secretaria competente que seja instalado um parquinho infantil (PLAYGROUND), junto à Praça da CASEMG.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/419/indicacao_13-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/419/indicacao_13-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal a construção de uma cobertura com bebedouro (humano e para equinos) para atender os carroceiros e os cavalos do município. Matéria Legislativa de iniciativa e autoria do vereador Geldo da Mariquita.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Faguinho da Padaria</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_15-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_15-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal a iluminação de quadra de esportes localizada na Avenida Nossa Senhora da Pena no bairro Israel Pinheiro.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_16-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_16-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo Municipal e a secretaria competente que seja realizado a Reforma da Escola Municipal Santa Marta localizada na Vila Cordeiro.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_17-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_17-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo Municipal e a secretaria competente que seja realizado a construção de um quebra-molas na rua José Alencar no bairro Taboquinha.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_18-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_18-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo Municipal e a secretaria competente que seja realizado a construção de um quebra-molas na rua Américo Vespúcio no bairro Taboquinha.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_20-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_20-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo Municipal e a secretaria competente que seja à disponibilização de materiais esportivos nas nas escolas da rede Municipal de Ensino para atender professores de Ed. física e alunos natividade física.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/468/indicacao_21-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/468/indicacao_21-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo realizar a pintura de uma faixa de pedestre em frente ao Centro de Educação Infantil Ledi Zanini, no Bairro Taboquinha.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_22-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_22-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal e a secretaria competente que possa retorne as aulas de hidroginásticas da rede municipal de saúde.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/470/indicacao_23-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/470/indicacao_23-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal realizar a mudança de local dos postes de iluminação das Avenidas em todo o município, colocando-as no canteiro das Avenidas.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Flávio Galvão</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_024-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_024-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a distribuição de bicicletas aos Agentes de Saúde e Endemias do município de Buritis-MG.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/471/indicacao_26-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/471/indicacao_26-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal e a secretaria competente que seja realizado a construção de um quebra-molas na Av. São Vicente em frente a borracharia do negão próximo ao bar e lanchonete Avenida Beer.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Ozanan, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_27-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_27-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que promova esforços no sentido de construir uma praça na Avenida São Vicente entre a rua Américo Vespúcio e Lindolfo Teixeira no bairro Taboquinha.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/472/indicacao_28-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/472/indicacao_28-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que seja feito carreata anual de conscientização ao não abandono de animais no município, tanto na zona urbana e rural.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/447/indicacao_29-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/447/indicacao_29-2022.pdf</t>
   </si>
   <si>
     <t>Sobre moradia de baixa renda.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/473/indicacao_30-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/473/indicacao_30-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, através da Secretaria de Obras a pavimentação asfáltica para a Comunidade da Vila São Vicente.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_31-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_31-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a contratação de psicólogos para prestar atendimento presencial individual e personalizado nas escolas municipais da zona rural, em todo o município de Buritis.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_32-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_32-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, através da Secretaria de Obras que conclua o acabamento da calçada no entorno da Escola Municipal Philomena Campos.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/476/indicacao_33-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/476/indicacao_33-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, através da Secretaria de Obras a instalação de uma academia ao ar livre para o Para Terra Vila Rosa.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/477/indicacao_34-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/477/indicacao_34-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que seja feito uma faixa de pedestre na entrada da cidade próximo a Casa da Roça.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_35-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_35-2022.pdf</t>
   </si>
   <si>
     <t>Seja enviado Projeto de Lei visando aumentar o regime de plantão para 02 (duas) farmácias.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/457/indicacao_36-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/457/indicacao_36-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal a criação de acesso às cachoeiras e demais pontos turísticos do município de Buritis.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_37-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_37-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal realizar a instalação de cobertura de todas as quadras de esporte do município, vilas e distritos.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_38-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_38-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a transformação em mão única, o trecho da Rua Bahia entre as Avenidas Central e Bandeirantes.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/478/indicacao_39-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/478/indicacao_39-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal e secretaria competente a construção do aumento do muro da Escola Municipal Antão Alves da Silva localizada na zona Rural (COOPAGO), e também a cobertura do pátio da escola.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/479/indicacao_40-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/479/indicacao_40-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a construção de um quebra-molas na rua Araxá, esquina com a rua Floresta no asfalto novo, no bairro Veredas.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/480/indicacao_41-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/480/indicacao_41-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que seja feito palestras de conscientização nas escolas do município, de não ao maltrato e abandono de animais.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/481/indicacao_42-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/481/indicacao_42-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que seja feito a construção de uma quadra esportiva adaptada na escola APAE.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/482/indicacao_43-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/482/indicacao_43-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal para a construir um asfalto que liga o Psf da Coopago à Escola Municipal Antão Alves da Silva localizada na zona rural.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_44-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_44-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que seja feita a pavimentação asfáltica na avenida principal da Vila Cordeiro.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_45-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_45-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal a instalação de uma academia ao ar livre na comunidade Pernambuco I.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/483/indicacao_46-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/483/indicacao_46-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Executivo que possa ceder um carro para realização dos trabalhos da Polícia Civil do nosso município.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/550/ind_53-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/550/ind_53-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, através da Secretaria de Obras, providenciar a construção de uma praça pública, iluminada, arborizada, com paisagismo e parquinho playground para Bairro Veredas.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/560/indicacao_no_54-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/560/indicacao_no_54-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, através da Secretaria de Saúde, criar um Projeto de Lei com objetivo de instituir no município, vilas e distritos: o Banco de Óculos, para fornecimento gratuito aos pacientes carentes e em tratamento de doenças que acometem a visão.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/554/indicacao_no_56-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/554/indicacao_no_56-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que seja colocado câmaras de segurança em frente ao Canil Municipal.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/555/indicacao_no_57-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/555/indicacao_no_57-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que disponibilize um veículo fixo à disposição de atendimento do órgão Conselho Tutelar.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/556/indicacao_no_58-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/556/indicacao_no_58-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que seja implantada uma academia ao ar livre no Bairro YPÊ.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/557/indicacao_no_59-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/557/indicacao_no_59-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que seja implantada uma academia ao ar livre no Bairro EXTREMA.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/558/indicacao_no_60-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/558/indicacao_no_60-2022.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que seja a construção de um banheiro na parte da frente do presídio de BURITIS-MG.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/559/indicacao_no_61-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/559/indicacao_no_61-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que seja feito a cobertura da quadra da escola Municipal Philomena Campos.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Keny Sores Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/651/plc_no_01-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/651/plc_no_01-2022.pdf</t>
   </si>
   <si>
     <t>Cria cargos, altera o número de vagas de cargos de provimento em comissão, altera os anexos constantes da Lei Complementar nº 92, 10.12.2013 que dispõe sobre os cargos de provimento em Comissão, as funções de confiança, define atribuições, cria gratificação especial, altera o número e vagas dos cargos de provimento efetivo, adequa e fixa vencimentos da Lei Complementar nº 38, de 28.08.2007, que dispõe sobre a estruturação do Plano de Cargos e Carreiras da Prefeitura Municipal de Buritis, estabelece normas gerais de enquadramento, institui nova tabela de vencimentos e modificações posteriores e a Lei Complementar nº 63, de 30.12.2009, que dispões sobre o Novo Plano de Carreira, Cargos e Salários - PCCS do Magistério e dos servidores da Educação do Município de Buritis e legislação posterior e dá outras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/465/plc_02-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/465/plc_02-2022.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos cargos de provimento em comissão constantes da Lei Complementar nº 92 de 10.12.2013 e alterações posteriores, nos termos do inciso "X" do art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/389/plc_03-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/389/plc_03-2022.pdf</t>
   </si>
   <si>
     <t>Cria cargos, altera o número de vagas de cargos de provimento em comissão, altera os anexos constantes da Lei Complementar nº 92 de 10.12.2013 que dispõe sobre os cargos de provimento em Comissão, as funções de confiança, define atribuições, cria gratificação especial, altera o número e vagas dos cargos de provimento efetivo, adequa e fixa vencimentos das Leis Complementares 38/2007 de 28.08.2007, Que dispõe sobre a estruturação do Plano de Cargos e Carreiras da Prefeitura Municipal de Buritis, estabelece normas gerais de enquadramento, institui nova tabela de vencimentos e modificações posteriores e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/392/plc_04-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/392/plc_04-2022.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios de recolhimento de tributos em atraso e dá outras providências,</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/448/plc_05-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/448/plc_05-2022.pdf</t>
   </si>
   <si>
     <t>Altera o item I.II do anexo I da Lei Complementar nº 152, de 24 de fevereiro de 2022 que altera vencimentos, cria cargos de provimento em comissão, constantes da Lei Complementar nº 92 de 10 de dezembro de 2013, cria cargos de provimento efetivo, altera número de vagas e altera vencimentos de cargos de provimento efetivo constantes da Lei Complementar nº 38 de 28 de agosto de 2007 e cria cargos e altera número de vagas de provimento efetivo, constantes da Lei Complementar nº 63 de 30 de dezembro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/450/plc_06-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/450/plc_06-2022.pdf</t>
   </si>
   <si>
     <t>Adequa o vencimento do cargo de Professor AEE - Atendimento Educacional Especializado e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/441/pl_007-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/441/pl_007-2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação aos incisos I ao IV, cria o inciso V no § 2º do art. 3º da Lei Complementar nº 099 de 07 de março de 2014, que autorizou a criação da Gratificação de Dedicação Integral para os motoristas da saúde; autoriza o aumento do número de cargos de Motorista; cria o auxílio alimentação para Motoristas, e dá outras providências.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/466/plc_08-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/466/plc_08-2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao inciso IV, do art. 3º da Lei Complementar nº 158 de 05 de Julho de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/539/plc_09-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/539/plc_09-2022.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito municipal, os dispositivos constantes na Lei Complementar Federal nº 175, de 23 de setembro 2020, que dispõe sobre o padrão nacional de obrigação acessória do Imposto Sobre Serviços de Qualquer Natureza (ISSQN), de competência dos Municípios e do Distrito Federal, incidente sobre os serviços previstos nos subitens 4.22, 4.23, 5.09, 15.01 e 15.09 da lista de serviços anexa à Lei Complementar Federal nº 116, de 31 de julho de 2003; altera dispositivos da referida Lei Complementar Federal; prevê regra de transição para a partilha do produto da arrecadação do ISSQN entre o Município do domicílio do tomador relativamente aos serviços de que trata; e dá outras providências.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/649/plc_no_10-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/649/plc_no_10-2022.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios de recolhimento de Tributos em atraso e dá outras providências.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/517/plc_no_11-2023_cria_carreira.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/517/plc_no_11-2023_cria_carreira.pdf</t>
   </si>
   <si>
     <t>Adéqua o vencimento de cargos em comissão e de função gratificada, que menciona, constantes da Lei Complementar nº 150, cria carreira em cargo administrativo e altera os vencimentos dos cargos da saúde, constantes da Lei Federal nº 14.434 de 04 de agosto de 2.022 e dá outras providências.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/381/pl_01-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/381/pl_01-2022.pdf</t>
   </si>
   <si>
     <t>Revisa os subsídios dos agentes políticos do Poder Executivo e dos Servidores Públicos Municipais, nos termos do inciso "X" do art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>Branquinho, Faguinho da Padaria, Flávio Galvão, Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/382/pl_02-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/382/pl_02-2022.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos servidores públicos da Câmara Municipal de Buritis, na forma do inciso "X", do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/383/pl_03-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/383/pl_03-2022.pdf</t>
   </si>
   <si>
     <t>Revisa os subsídios dos agentes políticos do município de Buritis/MG que especifica, na forma do inciso "X" do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/388/pl_04-2022_piso_salarial_magisterio_-_devolvido.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/388/pl_04-2022_piso_salarial_magisterio_-_devolvido.pdf</t>
   </si>
   <si>
     <t>Estabelece o Piso Salarial do Magistério Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/396/pl_05-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/396/pl_05-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de Estagiários remunerados para a Secretaria Municipal de Educação e Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/463/pl_06-2022_reajuste_magisterio.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/463/pl_06-2022_reajuste_magisterio.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos profissionais do Magistério Público Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/394/pl_07-2022_operacao_de_credito.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/394/pl_07-2022_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratar com a Caixa Econômica Federal, operação de crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/387/pl_008-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/387/pl_008-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de nomeação para cargo comissionado ou contratação por tempo determinado, de pessoa condenada por crime sexual contra criança ou adolescente.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/393/pl_09-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/393/pl_09-2022.pdf</t>
   </si>
   <si>
     <t>Modifica redação do caput do art. 1º, da lei nº 1.043/2006, para fins de correção de erro material.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/395/pl_10-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/395/pl_10-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.472 de 27.10.2.21 que Cria o Fundo Municipal de Habitação de Interesse Social - FHIS e institui o Conselho Gestor do FHIS e dá outras providências</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/454/pl_011-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/454/pl_011-2022.pdf</t>
   </si>
   <si>
     <t>Desafeta a área constante da Lei Municipal nº 1.329 de 16.06.2015 que Autoriza aquisição de imóvel que menciona e dá outras providências, autoriza sua alienação e dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/390/pl_12-2022_op-credito-caixa.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/390/pl_12-2022_op-credito-caixa.pdf</t>
   </si>
   <si>
     <t>Altera a ementa da Lei Municipal nº 1.486 de 22 de março de 2.022 que autoriza a contratar com a Caixa Econômica Federal, operação de crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/391/pl_13-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/391/pl_13-2022.pdf</t>
   </si>
   <si>
     <t>APROVA A MUNICIPALIZAÇÃO DAS ESCOLAS ESTADUAIS SÃO DOMINGOS LOCALIZADA NO DISTRITO DE SÃO PEDRO DO PASSA TRÊS E ANÁLIA CARNEIRO DOS SANTOS DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/439/pl_14-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/439/pl_14-2022.pdf</t>
   </si>
   <si>
     <t>Cria gratificações para os servidores ocupantes do cargo de Motorista lotados nas Secretarias Municipais de Educação, Cultura e Transportes e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/397/pl_15-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/397/pl_15-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ASSISTÊNCIA SOCIAL - SUAS, INSTITUI O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE BURITIS - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/398/pl_16-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/398/pl_16-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BURITIS-MG A CONTRATAR COM O BANCO DE DESENVOLVIMENTO DE MINAS GERAIS S/A - BDMG, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/440/1_pl_17-2022_ldo.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/440/1_pl_17-2022_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da lei orçamentária de 2023 e da outras providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/399/pl_18-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/399/pl_18-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza parcelamento das dívidas com vencimento até 31 de outubro de 2.021, do Instituto de Previdência  de Buritis, nos termos da Emenda Constitucional 113/2021 e da Portaria MTP nº 360 de 22 de fevereiro de 2.022 e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/400/pl_19-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/400/pl_19-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de afixação de cartazes informando o contato dos Conselheiros Tutelares nos estabelecimentos de ensino público e privados no Município de Buritis-MG.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/401/pl_20-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/401/pl_20-2022.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Produtores Rurais da Região do Taquaril - APRRT</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/438/pl_21-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/438/pl_21-2022.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Ecológica de Serra Bonita AESB</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/462/pl_22-2022_conselho_de_habitacao.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/462/pl_22-2022_conselho_de_habitacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Habitação e cria o Fundo Municipal de Habitação de Interesse Social - FMHIS.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/453/pl_23-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/453/pl_23-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política de Reforma Habitacional de Interesse Social no âmbito do Município de Buritis/MG e dá outras providências.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/442/pl_024-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/442/pl_024-2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único e incisos de I ao V no art. 1º, na Lei Municipal nº 1491 de 18 de maio de 2022, que autoriza o município de Buritis MG a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/498/pl_25-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/498/pl_25-2022.pdf</t>
   </si>
   <si>
     <t>APROVA LOTEAMENTO QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/452/pl_26-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/452/pl_26-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial, no importe de R$1.200,00,00 e dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/451/pl_27-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/451/pl_27-2022.pdf</t>
   </si>
   <si>
     <t>Exclui os incisos IV e V, altera a redação dos incisos I, II, III do parágrafo único, altera redação do parágrafo único e a redação do art. 1º da Lei 1.497 de 08 de junho, que acrescenta parágrafo único e incisos de I ao V. no art. 1º, na Lei Municipal nº 1.491 de 18 de maio de 2022, que autoriza o município de Buritis-MG a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de crédito com outorga de garantia e dá outras providências.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>Professora Sibele Freitas, Flávio Galvão, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/497/pl_28-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/497/pl_28-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do uso da focinheira e estabelece regras de segurança para a condução responsável de cães de grande porte e/ou de raças consideradas perigosas.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/650/pl_no_29-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/650/pl_no_29-2022.pdf</t>
   </si>
   <si>
     <t>Denomina o Terminal Rodoviário de Buritis como "Terminal Rodoviário Luiz Eduardo Chamon e dá outras providências.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/461/pl_30-2022_credito_especial.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/461/pl_30-2022_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao orçamento vigente.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Flávio Galvão, Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/542/pl_31-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/542/pl_31-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso dos veículos oficiais do Poder Executivo e Legislativo do município de Buritis-MG.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/464/pl_32-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/464/pl_32-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estadualização do trecho de estrada rodoviária que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/484/pl_33-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/484/pl_33-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento da modalidade Cutiano como patrimônio histórico cultural do município de Buritis e da outras providências.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/485/pl_34-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/485/pl_34-2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 53 da Lei 1.461 de 02 de junho de 2.021 que Dispõe sobre as Diretrizes para elaboração da Lei Orçamentária de 2.022 e dá outras providências.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/635/pl_35-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/635/pl_35-2022.pdf</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/496/pl_36-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/496/pl_36-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o reconhecimento de dívidas entre o município de Buritis e Consórcio Intermunicipal de Saúde da Rede de Urgência e Emergência da Região Ampliada Noroeste - CISREUNO e dá outras providências.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/490/pl_37-2022_loa.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/490/pl_37-2022_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Buritis para o exercício financeiro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/488/pl_38-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/488/pl_38-2022.pdf</t>
   </si>
   <si>
     <t>Concede subvenções e contribuições ao orçamento de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/489/pl_39-2022_alt._ppa.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/489/pl_39-2022_alt._ppa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Plano Plurianual de Ações para o quadriênio 2022 / 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/549/pl_40-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/549/pl_40-2022.pdf</t>
   </si>
   <si>
     <t>Cria logradouro público que menciona, localizado no bairro Taboquinha e dá outras providências.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/491/pl_41-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/491/pl_41-2022.pdf</t>
   </si>
   <si>
     <t>Desafeta a área constante da Lei Municipal nº 1.329 de 16.06.2015 que Autoriza aquisição de imóvel que menciona e, autoriza sua alienação e dá outras providências.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Professora Sibele Freitas, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/510/pl_42-2022_cavlgada_do_batom.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/510/pl_42-2022_cavlgada_do_batom.pdf</t>
   </si>
   <si>
     <t>Incluiu a cavalgada do batom no calendário oficial de eventos do município de Buritis/MG.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/501/pl_43-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/501/pl_43-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de publicação no portal da transparência, da lista de pacientes do município de Buritis que aguardam por consultas, exames, leitos hospitalares, procedimentos cirúrgicos a serem disponibilizados pelo sistema de saúde-SUS.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/543/pl_44-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/543/pl_44-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do processo de seleção competitiva interna para o cargo comissionado de diretor e da função de confiança vice-diretor das unidades escolares do município de Buritis, conforme previsão contida nos incisos VII e VIII, do art. 162, da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/487/pl_45-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/487/pl_45-2022.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Apoio às Estradas Rurais do Município de Buritis - FUNDESTRADAS e dá outras providências.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/492/pl_no_46-2022_dia_de_folga.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/492/pl_no_46-2022_dia_de_folga.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de um dia de folga ao servidor público do município de Buritis no dia do seu aniversário, sem prejuízo dos seus vencimentos e dá outras providências.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/495/pl_no_47-20222.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/495/pl_no_47-20222.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal das Escolas Cívico-Militares junto a Rede Municipal de Ensino de Buritis MG, cria as Escolas: Cívico-Militar Santa Luzia e Professor Anatólio e dá outras providências.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/499/pl_48-2022_desafeta-area-aerodromo.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/499/pl_48-2022_desafeta-area-aerodromo.pdf</t>
   </si>
   <si>
     <t>Desafeta a área constante da Lei Municipal nº 1.329 de 16-06-2015 que autoriza aquisição de imóvel que menciona e dá outras providências, e autoriza sua alienação e dá outras providências</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/500/pl_49-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/500/pl_49-2022.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos agentes políticos para o quadriênio de 2025 a 2028.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/504/pl_50-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/504/pl_50-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a DOAÇÃO  de terreno urbano com área de 6,0 ha  (seis hectares) ao Instituto Federal de Educação, Ciência e Tecnologia do Norte de Minas Gerais, para o fim que a especifica.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/385/pr_001-2022_fim_do_voto_secreto.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/385/pr_001-2022_fim_do_voto_secreto.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução nº 098/1998, que trata do Regimento Interno da Câmara Municipal de Buritis-MG, que menciona.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/384/pr_02-2022_mulher_destaque.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/384/pr_02-2022_mulher_destaque.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO MULHER DESTAQUE - "IDALINA FONSECA".</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/467/pr_003-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/467/pr_003-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO BRASÃO DA CÂMARA MUNICIPAL DE BURITIS-MG E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/449/pr_04-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/449/pr_04-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a baixa de bens patrimoniais insersíveis do Poder Legislativo de Buritis-MG e, dá outras providências.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>Geldo da Mariquita, Nilvia Prisco, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/486/pr_05-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/486/pr_05-2022.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal de Buritis-MG, Exercício 2020, nos termos do Parecer Prévio do TCE-MG, processo nº 1104616.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/423/requerimento_01-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/423/requerimento_01-2022.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria de saúde as informações e os documentos que menciona.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/424/requerimento_02-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/424/requerimento_02-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações atualizadas sobre serviços de transporte escolar no ano de 2022, na forma que especifica.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/425/requerimento_03-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/425/requerimento_03-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a dedetização/desinetização/desratização no âmbito das unidades básica de saúde do município que especifica.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_04-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_04-2022.pdf</t>
   </si>
   <si>
     <t>Requer nos termos do artigo 76, da Lei Orgânica Municipal c/c artigo 291 do regimento interno da Câmara a convocação da secretaria Municipal de Educação para comparecimento na sala de comissões na data do dia 07 de Março de 2022 às 10 horas.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/427/requerimento_05-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/427/requerimento_05-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o rateio do fundeb realizado no ano de 2021.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/428/requerimento_06-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/428/requerimento_06-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a arrecadação de ITBI, IPTU e ITR realizado nos anos de 2020 e 2021 no Município de Buritis/MG.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/429/requerimento_08-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/429/requerimento_08-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a manutenção dos ônibus destinados para o transporte dos estudantes universitários de Unaí/MG e Formosa/GO.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>Branquinho, Faguinho da Padaria, Flávio Galvão, Geldo da Mariquita, Nilvia Prisco, Ozanan, Professora Sibele Freitas, Waninha, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/430/requerimento_09-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/430/requerimento_09-2022.pdf</t>
   </si>
   <si>
     <t>Requeremos à mesa diretora que oficie o Secretário de Infraestrutura e Mobilidade Urbana do Estado de Minas Gerais, manifestando apoio a estadualização de trecho rodoviário localizado no município de Buritis/MG que menciona.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/431/requerimento_10-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/431/requerimento_10-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre recursos devidos pelo governo do Estado de Minas Gerais à Prefeitura Municipal de Buritis.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/432/requerimento_11-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/432/requerimento_11-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre processos seletivos simplificados para contratação temporária de pessoal.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_12-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_12-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o procedimento de credenciamento/inexigibilidade nº 07/2022.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Geldo da Mariquita, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/434/requerimento_13-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/434/requerimento_13-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a regularização fundiária rural no município de Buritis/MG.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>Geldo da Mariquita, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/435/requerimento_14-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/435/requerimento_14-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a distribuição de óleo diesel pela secretaria municipal de agricultura para o P.A Vanderli Ribeiro e P.a Buritirama.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_15-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_15-2022.pdf</t>
   </si>
   <si>
     <t>Convocar os membros da Comissão da Prefeitura Municipal de Buritis, responsável programa Titula Brasil, para comparecer na Reunião das Comissões Permanentes no dia 09/05/2022, às 9:00 horas.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/437/requerimento_16-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/437/requerimento_16-2022.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre os serviços prestados pelo escritório de Advocacia Oscar Dias Correa Advogados Associados S/C ao Município de Buritis/MG.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/552/req_17-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/552/req_17-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Preço ao Prefeito Municipal, por sua secretaria competente, informações acerca da prestação de serviços de transporte escolar no município de Buritis.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/553/req_18-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/553/req_18-2022.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, por sua secretaria competente, informações acerca do transporte dos estudantes universitários.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/551/req_19-2019.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/551/req_19-2019.pdf</t>
   </si>
   <si>
     <t>Requer informações da Secretaria Municipal de Educação, acerca de disponibilidade de vagas em creches/centros de educação infantil do município de Buritis.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/548/mensagem_de_veto_no_01-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/548/mensagem_de_veto_no_01-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de veículos oficiais do poder executivo e do poder legislativo do município de Buritis-MG.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/547/mensagem_de_veto_total_02-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/547/mensagem_de_veto_total_02-2022.pdf</t>
   </si>
   <si>
     <t>Inclui a Cavalgada do Batom no calendário oficial de eventos do Município de Buritis-MG.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/546/mensagem_de_veto_no.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/546/mensagem_de_veto_no.pdf</t>
   </si>
   <si>
     <t>Veto total por ilegalidade e razões de Lei nº 33/2022 que dispõe sobre a obrigatoriedade de publicação no portal da transparência da lisa de pacientes do município de Buritis, que aguardam por procedimentos cirúrgicos a serem disponibilizados pelo sistema único de saúde (SUS) de autoria da vereadora Wânia Araújo de Souza Lemos.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/544/veto_no_04-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/544/veto_no_04-2022.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Apoio às Estradas Rurais Do Município de Buritis, Estado de Minas Gerais, (FUNDESTRADAS) E dá outras providências</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/386/pelo_01-2022_fim_do_voto_secreto.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/386/pelo_01-2022_fim_do_voto_secreto.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Buritis-MG, que menciona.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/675/pelo_2-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/675/pelo_2-2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao § 4º do art. 127 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/528/pelo_03-2022.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/528/pelo_03-2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao § 2º e o caput do art. 179 da Lei Orgânica Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1911,68 +1911,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/409/indicacao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/412/indicacao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_11-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_12-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/419/indicacao_13-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_15-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_20-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/468/indicacao_21-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_22-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/470/indicacao_23-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_024-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/471/indicacao_26-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_27-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/472/indicacao_28-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/447/indicacao_29-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/473/indicacao_30-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_31-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_32-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/476/indicacao_33-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/477/indicacao_34-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_35-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/457/indicacao_36-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_37-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_38-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/478/indicacao_39-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/479/indicacao_40-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/480/indicacao_41-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/481/indicacao_42-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/482/indicacao_43-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_44-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_45-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/483/indicacao_46-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/550/ind_53-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/560/indicacao_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/554/indicacao_no_56-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/555/indicacao_no_57-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/556/indicacao_no_58-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/557/indicacao_no_59-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/558/indicacao_no_60-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/559/indicacao_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/651/plc_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/465/plc_02-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/389/plc_03-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/392/plc_04-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/448/plc_05-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/450/plc_06-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/441/pl_007-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/466/plc_08-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/539/plc_09-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/649/plc_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/517/plc_no_11-2023_cria_carreira.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/381/pl_01-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/382/pl_02-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/383/pl_03-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/388/pl_04-2022_piso_salarial_magisterio_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/396/pl_05-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/463/pl_06-2022_reajuste_magisterio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/394/pl_07-2022_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/387/pl_008-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/393/pl_09-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/395/pl_10-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/454/pl_011-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/390/pl_12-2022_op-credito-caixa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/391/pl_13-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/439/pl_14-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/397/pl_15-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/398/pl_16-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/440/1_pl_17-2022_ldo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/399/pl_18-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/400/pl_19-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/401/pl_20-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/438/pl_21-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/462/pl_22-2022_conselho_de_habitacao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/453/pl_23-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/442/pl_024-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/498/pl_25-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/452/pl_26-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/451/pl_27-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/497/pl_28-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/650/pl_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/461/pl_30-2022_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/542/pl_31-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/464/pl_32-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/484/pl_33-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/485/pl_34-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/635/pl_35-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/496/pl_36-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/490/pl_37-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/488/pl_38-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/489/pl_39-2022_alt._ppa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/549/pl_40-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/491/pl_41-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/510/pl_42-2022_cavlgada_do_batom.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/501/pl_43-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/543/pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/487/pl_45-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/492/pl_no_46-2022_dia_de_folga.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/495/pl_no_47-20222.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/499/pl_48-2022_desafeta-area-aerodromo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/500/pl_49-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/504/pl_50-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/385/pr_001-2022_fim_do_voto_secreto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/384/pr_02-2022_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/467/pr_003-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/449/pr_04-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/486/pr_05-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/423/requerimento_01-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/424/requerimento_02-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/425/requerimento_03-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_04-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/427/requerimento_05-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/428/requerimento_06-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/429/requerimento_08-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/430/requerimento_09-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/431/requerimento_10-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/432/requerimento_11-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_12-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/434/requerimento_13-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/435/requerimento_14-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_15-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/437/requerimento_16-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/552/req_17-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/553/req_18-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/551/req_19-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/548/mensagem_de_veto_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/547/mensagem_de_veto_total_02-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/546/mensagem_de_veto_no.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/544/veto_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/386/pelo_01-2022_fim_do_voto_secreto.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/675/pelo_2-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/528/pelo_03-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/409/indicacao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/410/indicacao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/411/indicacao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/412/indicacao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/413/indicacao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/414/indicacao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/415/indicacao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/416/indicacao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/417/indicacao_11-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/418/indicacao_12-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/419/indicacao_13-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/420/indicacao_15-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/445/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/421/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/422/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/444/indicacao_20-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/468/indicacao_21-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/469/indicacao_22-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/470/indicacao_23-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/443/indicacao_024-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/471/indicacao_26-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/446/indicacao_27-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/472/indicacao_28-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/447/indicacao_29-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/473/indicacao_30-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/474/indicacao_31-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/475/indicacao_32-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/476/indicacao_33-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/477/indicacao_34-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/456/indicacao_35-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/457/indicacao_36-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/459/indicacao_37-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/455/indicacao_38-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/478/indicacao_39-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/479/indicacao_40-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/480/indicacao_41-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/481/indicacao_42-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/482/indicacao_43-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/460/indicacao_44-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/458/indicacao_45-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/483/indicacao_46-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/550/ind_53-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/560/indicacao_no_54-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/554/indicacao_no_56-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/555/indicacao_no_57-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/556/indicacao_no_58-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/557/indicacao_no_59-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/558/indicacao_no_60-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/559/indicacao_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/651/plc_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/465/plc_02-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/389/plc_03-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/392/plc_04-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/448/plc_05-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/450/plc_06-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/441/pl_007-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/466/plc_08-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/539/plc_09-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/649/plc_no_10-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/517/plc_no_11-2023_cria_carreira.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/381/pl_01-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/382/pl_02-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/383/pl_03-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/388/pl_04-2022_piso_salarial_magisterio_-_devolvido.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/396/pl_05-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/463/pl_06-2022_reajuste_magisterio.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/394/pl_07-2022_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/387/pl_008-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/393/pl_09-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/395/pl_10-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/454/pl_011-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/390/pl_12-2022_op-credito-caixa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/391/pl_13-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/439/pl_14-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/397/pl_15-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/398/pl_16-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/440/1_pl_17-2022_ldo.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/399/pl_18-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/400/pl_19-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/401/pl_20-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/438/pl_21-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/462/pl_22-2022_conselho_de_habitacao.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/453/pl_23-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/442/pl_024-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/498/pl_25-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/452/pl_26-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/451/pl_27-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/497/pl_28-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/650/pl_no_29-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/461/pl_30-2022_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/542/pl_31-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/464/pl_32-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/484/pl_33-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/485/pl_34-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/635/pl_35-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/496/pl_36-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/490/pl_37-2022_loa.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/488/pl_38-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/489/pl_39-2022_alt._ppa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/549/pl_40-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/491/pl_41-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/510/pl_42-2022_cavlgada_do_batom.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/501/pl_43-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/543/pl_44-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/487/pl_45-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/492/pl_no_46-2022_dia_de_folga.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/495/pl_no_47-20222.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/499/pl_48-2022_desafeta-area-aerodromo.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/500/pl_49-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/504/pl_50-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/385/pr_001-2022_fim_do_voto_secreto.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/384/pr_02-2022_mulher_destaque.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/467/pr_003-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/449/pr_04-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/486/pr_05-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/423/requerimento_01-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/424/requerimento_02-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/425/requerimento_03-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/426/requerimento_04-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/427/requerimento_05-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/428/requerimento_06-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/429/requerimento_08-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/430/requerimento_09-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/431/requerimento_10-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/432/requerimento_11-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/433/requerimento_12-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/434/requerimento_13-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/435/requerimento_14-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/436/requerimento_15-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/437/requerimento_16-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/552/req_17-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/553/req_18-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/551/req_19-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/548/mensagem_de_veto_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/547/mensagem_de_veto_total_02-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/546/mensagem_de_veto_no.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/544/veto_no_04-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/386/pelo_01-2022_fim_do_voto_secreto.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/675/pelo_2-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2022/528/pelo_03-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>