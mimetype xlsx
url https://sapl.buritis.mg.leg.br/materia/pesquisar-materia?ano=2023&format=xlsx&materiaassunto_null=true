--- v0 (2025-10-17)
+++ v1 (2026-03-15)
@@ -54,1806 +54,1806 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professora Sibele Freitas</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/561/indicacao_no_01-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/561/indicacao_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que seja instalado um quebra-molas e uma faixa de pedestre em frente a nova instalação da escola Consepe na rua Bahia centro.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/562/indicacao_no_02_2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/562/indicacao_no_02_2023.pdf</t>
   </si>
   <si>
     <t>Que envie projeto de lei, para tramitação nesta Casa de Leis, que disponha sobre a politica de proteção e bem estar animal, define sanções para as situações de maus-tratos; bem como que envie projeto de lei, a esta Casa de Leis, que disponha sobre o programa de incentivo "alimentação", permitindo a implantação de de comedouros e bebedouros para cães e gatos abandonados.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/563/ind_no_03_-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/563/ind_no_03_-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que seja comprado mesas de pingue pongue para todas as escolas do município.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/564/ind_04-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/564/ind_04-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que possa fazer a alteração para mão única de direção da rua Bahia Centro em frente o Colégio Consepe.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/565/ind_no_005-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/565/ind_no_005-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que possa fazer a alteração para mão única de direção da rua Rui Barbosa no Centro em frente o Colégio Ametista.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/566/ind-_06-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/566/ind-_06-2023.pdf</t>
   </si>
   <si>
     <t>Que seja enviado Projeto de Lei regulamentando as carreiras de ACS e ACE.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/567/ind_07-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/567/ind_07-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja fornecido materiais escolares para os estudantes de baixa renda da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/568/ind_08_2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/568/ind_08_2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja fornecido uniformes escolares para os estudantes de baixa renda da Rede Municipal de Ensino.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/569/indicacao_no_09-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/569/indicacao_no_09-2023.pdf</t>
   </si>
   <si>
     <t>Sugere comemoração do dia Nacional da Adoção.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/570/indicacao_no_10-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/570/indicacao_no_10-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal para que através da Secretaria de Obras, seja, viabilizado a colocação de redutor de velocidade e faixa de pedestre, bem como a sinalização destes na rua Mato Grosso bairro Veredas.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/571/indicacao_no_11-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/571/indicacao_no_11-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal incluir em nossa cidade um estoque de sangue permanente.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/572/indicacao_no_12-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/572/indicacao_no_12-2023.pdf</t>
   </si>
   <si>
     <t>Seja realizado procedimento para contratação em lista de reserva e espera, de professor substituto eventual, para cobrir faltas do professor municipal por motivo doença ou por ausências esporádicas.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/573/indicacao_no_13-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/573/indicacao_no_13-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal para que através da Secretaria competente, construa uma área de lazer dentro do canil coberta em alambrado para de de sol dos cães resgatados.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_no_14-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal para que através da Secretaria competente, possa ser instalado brinquedos playground, em todas as escolas da rede Municipais da zona rural e urbana.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_no_15-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_no_15-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo a implantação do "Programa Desjejum" (café da manhã) nas escolas municipais da zona rural, com extensão para as escolas da zona urbana.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_no_16-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_no_16-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que contrate um professor de música para ministrar aulas de vilão no Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_no_17-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_no_17-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que disponibilize sinal de rede wi-fi nas Praças Públicas do município.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/578/indicacao_no_18-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/578/indicacao_no_18-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal para que através da Secretaria competente, possa fazer o asfaltamento da Avenida Uberaba, localizada entre os Bairros IPÊ e Veredas.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_no_19-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_no_19-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, por intermédio de sua secretaria competente,  que envie projeto de lei à Câmara dispondo sobre a realização de censo municipal para levantamento de pessoas com autismo e portadoras de transtorno de défice de atenção - THD.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/580/indicacao_no_20-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/580/indicacao_no_20-2023.pdf</t>
   </si>
   <si>
     <t>Seja confeccionada e distribuída Cartilha Municipal dos Direitos da pessoa com Autismo-TEA, com fundamento no cumprimento das diretrizes constantes na Lei Municipal nº 1396/2018.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/581/indicacao_no_21-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/581/indicacao_no_21-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal para que através da Secretaria competente, que possa ser instalado câmeras de segurança e a contratação de vigias em todos os períodos matutino e vespertino nas escolas municipais, cemeis zona urbana e rural.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_no_22-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_no_22-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal para que através da Secretaria competente, que possa instalar um quebra-molas na Avenida Minas Gerais esquina com a Rua Serra Bonita centro.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_no_23-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_no_23-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao governo municipal que faça uma extensão do Programa Pão e Leite para as Vilas e Distritos do Município de Buritis.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Nilvia Prisco, Ozanan, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_no_24-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_no_24-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a colocação de lâmpadas de LED no bairro Canaã e o recapeamento do asfalto nas ruas e avenidas do bairro Veredas</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_no_25-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_no_25-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Público Municipal para que através da secretaria competente, que possa ser construir quadras de area em todas as escolas municipais, urbanas e rurais, que não possuem área de lazer.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/586/indicacao_no_26-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/586/indicacao_no_26-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal para que através da Secretaria competente, possa ser instalado brinquedos playground adaptado na escola de ensino especial APAE.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/587/indicao_27-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/587/indicao_27-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal para que através da Secretaria competente, que seja instalado um playground na Avenida Paraná, bairro Veredas, no local da antiga academia ao ar livre.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_28-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_28-2023.pdf</t>
   </si>
   <si>
     <t>Que seja implantado nas escolas públicas municipais, salas de recursos especiais para atendimentos em suporte especializado em A.E.E.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_29-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_29-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal para que através da Secretaria competente, que seja feito o asfalto da rua Adão Viana, com a Avenida São Vicente ( em frente bola café)</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/590/indicacao_30-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/590/indicacao_30-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao governo municipal que seja concedido o beneficio do incentivo rural, para os cargos de Secretária Escolar da zona rural e monitora de creche da zona rural.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/591/indicacao_31-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/591/indicacao_31-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que realize concurso público municipal, para preenchimento de cargos de provimento efetivo, decorrente de vagas em aberto, já devidamente previstas em lei.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/592/indicacao_32-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/592/indicacao_32-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal e a Secretaria de Saúde, que realize as providências necessárias para que uma Ambulância seja disponibilizada permanentemente para a Comunidade de Vila Rosa.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_no_33-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_no_33-2023.pdf</t>
   </si>
   <si>
     <t>Que seja feito uma faixa de pedestre em frente a Escola Municipal João Joaquim Ramos.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_no_34-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_no_34-2023.pdf</t>
   </si>
   <si>
     <t>Que seja feito o restante do asfalto na rua Nelson Mandela Bairro Jardim.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_no_35-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_no_35-2023.pdf</t>
   </si>
   <si>
     <t>Que seja murada a escola municipal Philomena Campos.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Faguinho da Padaria</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/596/ind_36-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/596/ind_36-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a instalação de gps nos veículos oficiais do Governo Municipal.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/597/ind_37-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/597/ind_37-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo municipal a necessidade de construir uma casa lar para acolher crianças e adolescentes recolhidos por determinação judicial.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/598/ind_38-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/598/ind_38-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo municipal a necessidade de instalar em quebra-molas na rua Amazonas em frente ao número 352 e 293 no bairro Veredas.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/599/ind_39-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/599/ind_39-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a instalação de lâmpadas de Led no Distrito de São Pedro do Passa Três e demais vilas e distritos.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/600/ind_40-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/600/ind_40-2023.pdf</t>
   </si>
   <si>
     <t>Em que sugere ao Executivo Municipal que realize a identificação eletrônica individual e definitiva implantada, através de microchip para uso animal nos cães e gatos</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/601/ind_41-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/601/ind_41-2023.pdf</t>
   </si>
   <si>
     <t>Que sejam realizadas campanhas de esterilizações em Buritis de cães e gatos, através da aquisição de uma unidade móvel conhecida como "Castra-Móvel".</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/602/ind_42-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/602/ind_42-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo municipal a necessidade de instalar um quebra-molas na Avenida Bandeirantes número 321, bairro Centro ( em frente à loja Mil Delicias)</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Flávio Galvão</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/603/indicacao_43-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/603/indicacao_43-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que proceda com a pavimentação asfáltica na Avenida Sebastião Alves de Souza Sobrinho, no bairro Taboquinha.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/604/ind_44-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/604/ind_44-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a construção de uma cozinha, sala de vacina e sala de atendimento odontológico no ESF (PSF) VIII Rural - Região da Coopago.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/605/ind_46-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/605/ind_46-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo municipal a necessidade de instalar um quebra-molas na Rua Frei Pio Baars número 525, Bairro Taboquinha.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/606/ind_47-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/606/ind_47-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal para que, crie um Programa de Apoio e Incentivo ao Esporte Amador.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/</t>
+    <t>http://sapl.buritis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Sugere, ao Poder Municipal para que, através da Secretaria Competente, realize as providências necessárias para a instalação de um toldo ou cobertura frente a cozinha comunitária.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Flávio Galvão, Professora Sibele Freitas</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/608/ind_49-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/608/ind_49-2023.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo Municipal e secretaria competente de autoria dos vereadores Flávio e Sibele "para que seja construida uma quadra de vôlei de areia frente ao antigo Bragás, localizado no bairro veredas.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/609/ind_50-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/609/ind_50-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao poder Executivo Municipal a necessidade de colocar placas de sinalização e uma faixa de pedestre frente ao colégio consepe.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_no_51-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_no_51-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder executivo municipal a contratação de médico especialista e neuropediatria para atender na rede pública municipal de saúde de Buritis.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/645/ind_no_52-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/645/ind_no_52-2023.pdf</t>
   </si>
   <si>
     <t>Indica ao poder executivo municipal a necessidade de instalar um quebra-molas e sinalização na Avenida Paraná nº 2.132, Bairro Veredas.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/644/ind_53-2023_branquinho.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/644/ind_53-2023_branquinho.pdf</t>
   </si>
   <si>
     <t>Sugere ao governo municipal a Política Municipal de Atenção ao Portador de Doença Renal.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_no_54-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_no_54-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, através da Secretaria de Obras, e Secretaria de Esportes providenciar a instalação de academia ao ar livre com barra fixa, no final da pista de caminhada(ciclovia) na entrada da cidade.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_no_55-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_no_55-2023.pdf</t>
   </si>
   <si>
     <t>Sugere a criação de incentivo na forma de gratificação para os monitores da educação infantil.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_no_56-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_no_56-2023.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e Secretaria competente que seja instalado ar condicionado em todas as cantinas das Escolas da rede Municipal urbanas, rurais e distritos.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>542023</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/643/ind_54-2023_sibele.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/643/ind_54-2023_sibele.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e secretaria competente que seja construído, arquibancadas ao ao lado da quadra da Casemg.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Branquinho, Flávio Galvão, Professora Sibele Freitas, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/634/decreto_legislativo_no_01-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/634/decreto_legislativo_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Susta a aplicação do caput dos artigos 2º e do 3º do Decreto do Executivo Municipal nº 1703, de 0 de fevereiro de 2023, que regulamenta o pagamento de gratificações, o pagamento de insalubridade e o pagamento de incentivo rural.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Keny Sores Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/627/plc_no_01-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/627/plc_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Altera o item 1.3 do inciso VI do art. 3º da Lei Complementar nº 141, de 09 de junho de 2020, que estabelece atribuições aos cargos de provimento em comissão constantes das Leis Complementares nº 38/2007, que trata do Plano de Cargos e Salários dos Servidores do Quadro Geral e nº 63/2009 que trata do Plano de Carreira dos Profissionais do Magistério, revogadas pela Lei Complementar nº 092, de 10 de dezembro de 2013, que dispõe sobre os cargos de provimento em comissão, as funções de confiança e dá outras providências, altera o anexo 1.1 da mesma Lei, altera a nomenclatura, extingue e cria cargos de provimento em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/527/1_plc_02-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/527/1_plc_02-2023.pdf</t>
   </si>
   <si>
     <t>Cria cargos em comissão, adequa vencimentos, altera art. 1º da lei Complementar nº 115 de 30 de junho de 2016 e o vencimento inicial dos cargos de Bioquímico I e II e aumenta o número de vagas de cargo de provimento efetivo, cria cargo de provimento efetivo, altera o art. 9º da Lei Complementar nº 152 de 24.02.2022 dá outras providências.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>Branquinho, Geldo da Mariquita, Professora Sibele Freitas, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/529/plc_03-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/529/plc_03-2023.pdf</t>
   </si>
   <si>
     <t>Altera anexos I, II e III da Lei Complementar nº 072/2010 com alterações promovidas pela Lei Complementar nº 104/2014, Lei Complementar nº 116/2016 e Lei Complementar nº 126/2018.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/515/plc_04-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/515/plc_04-2023.pdf</t>
   </si>
   <si>
     <t>Cria gratificação temporária para os Agentes Comunitários de Saúde e Agente de Combate à Endemias, constantes das leis complementar 109 de 02 de março de 2015 que dispõe sobre o regime estatutário especial e o plano de carreira, aplicado aos agentes comunitários de saúde e os agentes de combate a endemias e dá outras providências.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/636/plc_no_05-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/636/plc_no_05-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios de recolhimento de tributos em atraso e dá outras providências.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/648/plc_no_06-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/648/plc_no_06-2023.pdf</t>
   </si>
   <si>
     <t>Adéqua os vencimentos, aumenta o número de vagas dos cargos de provimento efetivo que menciona, altera a redação do artigo 63 da Lei Complementar 003/2002, que dispõe sobre nova redação aos: art. 63, caput; art. 83, caput; alínea b do inciso VI do art. 91; redação do art. 219 e renumeração de dispositivos, da Lei Complementar 002/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/514/plc_08-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/514/plc_08-2023.pdf</t>
   </si>
   <si>
     <t>Cria Plano de Estímulos e Incentivos aos Empreendimentos Habitacionais Populares no âmbito do Programa "Minha Casa, Minha Vida" e dá outras providências.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/647/plc_no_09-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/647/plc_no_09-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 63/2009, que dispõe sobre o Plano de Cargos e Salários, PCCS do Magistério.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/670/plc_10-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/670/plc_10-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento de função gratificada no período de férias regulares, para os servidores designados para a referida função.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/657/plc_no_11-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/657/plc_no_11-2023.pdf</t>
   </si>
   <si>
     <t>Estende a gratificação de incentivo Rural aos ocupantes do cargo de Secretário Escolar e dá outras providências.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/656/plc_no_12-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/656/plc_no_12-2023.pdf</t>
   </si>
   <si>
     <t>Revoga o art. 7º da Lei Complementar nº 80 de 31.12.2010 que extingue e cria cargo em comissão, altera vencimentos de cargos em comissão, altera atribuições de cargo comissionado constante dos anexos VI e VIII da Lei Complementar nº 038/2007 cria cargo em comissão e dá outras providências.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/654/plc_no_13-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/654/plc_no_13-2023.pdf</t>
   </si>
   <si>
     <t>Adéqua os vencimentos, aumenta o número de vagas dos cargos de provimento efetivo que menciona, altera a redação do artigo 63 da Lei Complementar 003/2002, que dispõe sobre nova redação aos: art. 63 caput; art. 83, caput; alínea b do inciso VI do art. 91; redação do art. 219 e renumeração de dispositivos, da Lei Complementar 002/2002, e dá outras providências.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/753/plc_no_14-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/753/plc_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Cria cargos de provimento efetivo junto à Lei Complementar nº 38-2007 que instituiu o novo Plano de Cargos e salários dos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/754/plc_15-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/754/plc_15-2023.pdf</t>
   </si>
   <si>
     <t>Aumenta o numero de vagas da função gratificada de Vice-diretor constante da Lei Complementar nº 63 de 30.12.2009 que dispõe sobre o Plano de Cargos e Salários do magistério e trabalhadores da Educação e dá outras providências.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/505/pl_01-2023_executivo.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/505/pl_01-2023_executivo.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimento aos servidores com vencimento equivalente ao salário mínimo e dá outras providências.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/633/pl_02-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/633/pl_02-2023.pdf</t>
   </si>
   <si>
     <t>Revisa os subsídios dos Agentes Políticos do Município de Buritis, que especifica, na forma do inciso "X", do art. 37 da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/774/pl_03-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/774/pl_03-2023.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/632/pl_04-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/632/pl_04-2023.pdf</t>
   </si>
   <si>
     <t>APROVA A MUNICIPALIZAÇÃO DAS ESCOLAS ESTADUAIS SÃO DOMINGOS LOCALIZADA NO DISTRITO DE SÃO PEDRO DO PASSA TRÊS E ANÁLIA CARNEIRO DOS SANTOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/506/pl_05-2023_mesa_da_camara.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/506/pl_05-2023_mesa_da_camara.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos servidores públicos da Câmara Municipal de Buritis e o subsídio dos vereadores, na fora do inciso "X", do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/507/pl_06-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/507/pl_06-2023.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação São Jorge dos Pequenos Produtores Rurais e artesãos do projeto de Assentamento Roseli Nunes.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/538/pl_07-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/538/pl_07-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial no importe de R$ 532.510,00 ao orçamento vigente.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/502/pl_no_08-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/502/pl_no_08-2023.pdf</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/503/pl_009-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/503/pl_009-2023.pdf</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/516/pl_10-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/516/pl_10-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de reserva de percentual de vagas para pessoa com deficiência em todos os editais de processos seletivos simplificados para contratação de pessoal nos órgãos e repartições vinculadas à administração pública direta, indireta, autárquica e fundacional do município de Buritis-MG.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/508/pl_11-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/508/pl_11-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREVENÇÃO E O COMBATE AO ASSÉDIO MORAL E SEXUAL NOS ÓRGÃOS DA ADMINISTRAÇÃO PÚBLICA DIRETA, INDIRETA E AUTÁRQUICA NO MUNICÍPIO DE BURITIS, ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/511/pl_12-2023_banco_de_leite_materno.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/511/pl_12-2023_banco_de_leite_materno.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instalar Bancos de Leite Materno, na forma que especifica.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/509/pl_no_013-2023_ldo.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/509/pl_no_013-2023_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/521/pl_14-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/521/pl_14-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de um banco de sangue (Hemocentro) no Município de Buritis-MG e dá outras providências.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/524/pl_15-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/524/pl_15-2023.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Produtores Rurais do Gado Bravo.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/512/pl_16-2023_cavalgada_entre_amigos.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/512/pl_16-2023_cavalgada_entre_amigos.pdf</t>
   </si>
   <si>
     <t>Inclui a Cavalgada entre Amigos, do P.A. Cristo Rei Atrás da Serra, no Calendário oficial de eventos do município de Buritis/MG.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/532/pl_17-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/532/pl_17-2023.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Beneficente Nova Esperança de Buritis-MG-ABNEB</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/523/pl_18-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/523/pl_18-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DE MEDIDAS NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO NO MUNICÍPIO DE BURITIS, QUE PROPORCIONEM SEGURANÇA AOS ALUNOS NO AMBIENTE ESCOLAS.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/541/pl_19-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/541/pl_19-2023.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimento aos servidores com vencimentos equivalentes ao salário mínimo e dá outras providências.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/522/2_pl_20-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/522/2_pl_20-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE APADRINHAMENTO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/520/pl_21-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/520/pl_21-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE INCENTIVO À ADOÇÃO DE CRIANÇAS E ADOLESCENTES DE BURITIS-MG.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/660/pl_no_22-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/660/pl_no_22-2023.pdf</t>
   </si>
   <si>
     <t>Cria gratificação por participação de servidores em conselhos municipais e em comissões no valor que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/519/pl_23-2023_permuta-lotes_3a_vara.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/519/pl_23-2023_permuta-lotes_3a_vara.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de bens imóveis pertencentes ao Município, pelos imóveis que menciona nos termos do art. 44 da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/525/pl_24-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/525/pl_24-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional ao orçamento vigente.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/530/pl_25-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/530/pl_25-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao orçamento vigente</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/531/pl_26-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/531/pl_26-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional Especial ao orçamento vigente.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/526/pl_28-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/526/pl_28-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece a desafetação de bem público de uso comum do povo, seguido de desmembramento e dá outras providências.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/513/pl_29-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/513/pl_29-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de bem móvel constante da Lei 1.329, de 16 junho de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/824/pl_30-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/824/pl_30-2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º da lei nº 1506, de 21 de setembro de 2022.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/637/pl_no_31-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/637/pl_no_31-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização do cordão de girassol como símbolo para identificação da pessoa com deficiência oculta no Município de Buritis (MG) e dá outras providências.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/638/pl_no_32-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/638/pl_no_32-2023.pdf</t>
   </si>
   <si>
     <t>Proíbe o uso de fogos de artifício, sinalizadores, shows pirotécnicos com fogos de qualquer espécie, nos estabelecimentos que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/640/pl_no_33-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/640/pl_no_33-2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º da Lei 1.464 de 09 de setembro de 2021 que Autoriza a doação de imóvel para o Rotary Clube de Buritis e para a Associação Beneficente Nova Esperança de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/641/pl_no_34-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/641/pl_no_34-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos do Município de Buritis/MG com seu Regime Próprio de Previdência Social - RPPS.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/642/pl_no_35-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/642/pl_no_35-2023.pdf</t>
   </si>
   <si>
     <t>Aprova Loteamento que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/668/pl_36-2023_loa_para_2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/668/pl_36-2023_loa_para_2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Buritis para o exercício financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/669/pl_37-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/669/pl_37-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Plano Plurianual de Ações para o quadriênio 2022/2025 e dá outras providências.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/652/pl_no_38-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/652/pl_no_38-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a permuta de bens imóveis que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/658/pl_no_39-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/658/pl_no_39-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Bolsa-Atleta no Município de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/661/pl_no_40-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/661/pl_no_40-2023.pdf</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/659/pl_no_41-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/659/pl_no_41-2023.pdf</t>
   </si>
   <si>
     <t>Institui o programa denominado "Bom de Bola" no âmbito do Município de Buritis-MG e dá outras providências.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/655/pl_no_42-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/655/pl_no_42-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Esportivo Auxílio Monitor, no âmbito do Município de Buritis-MG.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/666/pl_no_43-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/666/pl_no_43-2023.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho de Desenvolvimento Económico e Inovação - CMDE e dá outras providências.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/665/pl_no_44-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/665/pl_no_44-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional ESPECIAL ao orçamento vigente.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/674/pl_no_45-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/674/pl_no_45-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao orçamento vigente.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/540/pr_01-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/540/pr_01-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regime de adiantamento da Câmara Municipal disposto na Resolução nº 125, de 15 de abril de 2003 e dá outras providências.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/537/pr_02-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/537/pr_02-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização à mesa diretora da Câmara Municipal de Buritis-MG para, representada por seu Presidente, celebrar convênio de cessão de servidores com órgãos integrantes da administração direta e indireta do Estado de Minas Gerais e do Município de Buritis, com o Poder Legislativo dos Estados e da União, bem como o Tribunal Regional Eleitoral do Estado de Minas Gerais e da outras providências.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/534/pr_03-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/534/pr_03-2023.pdf</t>
   </si>
   <si>
     <t>Cria a Procuradoria Especial da Mulher no âmbito da Câmara Municipal de Buritis/MG.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/535/pr_04-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/535/pr_04-2023.pdf</t>
   </si>
   <si>
     <t>Cria o cargo em Comissão de Coordenador de Comunicação, cria a função de confiança de Coordenador de Serviços Gerais, e  função de confiança de Coordenador de Áudio e Vídeo, e dá outras providências.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Geldo da Mariquita, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/533/pr_no_05-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/533/pr_no_05-2023.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Executivo Municipal de Buritis-MG, Exercício 2021, nos termos do Parecer Prévio do TCE-MG processo nº 1120318</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>Ozanan, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/818/pr_06-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/818/pr_06-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios para devolução antecipada de valores do duodécimo para o Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/518/pr_07-2023_baixa_de_bens.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/518/pr_07-2023_baixa_de_bens.pdf</t>
   </si>
   <si>
     <t>Autoriza a baixa de bens patrimoniais inservíveis  do Poder Legislativo de Buritis-MG e, dá outras providências.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/702/pr_08-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/702/pr_08-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MÁRCIO HENRIQUE DUTRA.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>Ozanan</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/703/pr_09-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/703/pr_09-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CADADÃ HONORÁRIA Á SENHORA JULIETA GAIA LOPES.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/704/pr_10-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/704/pr_10-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO ESPORTIVO AO SENHOR JOAQUIM DE SOUSA ROCHA.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/705/pr_11-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/705/pr_11-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO ASSISTENCIAL Á SENHORA ANÁLIA FERREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/706/pr_12-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/706/pr_12-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL AO SENHOR JOSÉ ANTONIO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/707/pr_13-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/707/pr_13-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR JUVENAL ALVES COSTA.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/708/pr_14-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/708/pr_14-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL AO SENHOR JOSÉ DA COSTA PINHEIRO.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/709/pr_15-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/709/pr_15-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR MAXTONY DE ALMEIDA ROCHA.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/710/pr_16-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/710/pr_16-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR SILVANO APARECIDO SOARES.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/720/pr_17-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/720/pr_17-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO ASSISTENCIAL AO SENHOR ALAOR BATISTA DA SILVA.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/712/pr_18-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/712/pr_18-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL AO SENHOR IWENDER GONÇALVES DA COSTA.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/721/pr_19-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/721/pr_19-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL AO SENHOR FÁBIO DE MEDEIROS CAMPOS.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/714/pr_20-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/714/pr_20-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR RUFINO CLOVIS FOLADOR.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/715/pr_21-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/715/pr_21-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO PADRE JOÃO DOS REIS FERREIRA CÉSAR.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/716/pr_22-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/716/pr_22-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO ASSISTENCIAL AO SENHOR ADALCINO FONSECA DURÃES.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/717/pr_23-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/717/pr_23-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR RUTÍLIO EUGÊNIO CAVALCANTE FELHO.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/718/pr_24-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/718/pr_24-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE HONRA AO MÉRITO EMPRESARIAL AO SENHOR PAULO CESAR BARBOSA OLIVEIRA.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/719/pr_25-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/719/pr_25-2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO AO SENHOR ANTÔNIO JOSÉ TRINDADE PACHECO.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/701/pr_26-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/701/pr_26-2023.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A APLICAÇÃO DA LEI N. 14.133, DE 1º DE ABRIL DE 2021 - NOVA LEI DE LICITAÇÕES E CONTRATOS ( NLLC) - NO ÂMBITO DA CÂMARA MUNICIPAL-MG</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_no_01-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a prestação de contas de todos os gastos com as festividades de carnaval de 2023.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_no_02-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que informe ao Poder Legislativo, o valor gasto na contratação do Cantor "Neto GP(Gasparzinho) e quais medidas foram tomadas diante da não apresentação no carnaval de Buritis-2023.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/612/requerimento_no_03-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/612/requerimento_no_03-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, por sua secretaria competente, informações acerca do processo de ampliação de turmas multisseriadas nas escolas da zona rural do município de Buritis.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/613/req_no_04-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/613/req_no_04-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que envie ao Poder Legislativo, cópia do demonstrativo de Movimento do Numerário 02(dois) - Tesouraria, ficha que consta os respectivos saldos de todas as contas bancárias da Prefeitura Municipal de Buritis-MG, referente ao período de 01 de dezembro de 2022 a 31 de janeiro de 2023.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/614/requerimento_no_05-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/614/requerimento_no_05-2023.pdf</t>
   </si>
   <si>
     <t>Requer à Secretaria Municipal de Saúde que informe a adoção de medidas para apuração de óbito de paciente ocorrido no âmbito do hospital São Lucas.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>Requer ao Presidente da Câmara Municipal que realize a cerimônia de entrega do título mulher em destaque Idalina Fonseca durante a 3ª sessão legislativa, da 15ª legislatura, no dia 30/03/2023, no horário e local que menciona.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/616/requerimento_na_07-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/616/requerimento_na_07-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a regulamentação do art. 16 da lei complementar nº 150 de 17 de dezembro de 2021.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/617/requerimento_no_08-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/617/requerimento_no_08-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal informações sobre todos os terrenos urbanos públicos municipais em desuso.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>Branquinho, Faguinho da Padaria, Flávio Galvão, Geldo da Mariquita, Nilvia Prisco, Ozanan, Professora Sibele Freitas, Waninha, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/618/requerimento_no_09-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/618/requerimento_no_09-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal ou de sua Secretaria Competente, no prazo de 15(quinze) dias, a contar do recebimento deste, informações sobre a regulamentação do vínculo empregatícios dos Agentes Comunitários de Saúde e Agentes de Combate à as Endemias.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_no_10-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_no_10-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal informações sobre a doação de terrenos públicos no período que menciona.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_no_11-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_no_11-2023.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o cumprimento e regulamentação da Lei Municipal nº 1396/2018 pelo Poder Executivo, indicando quais as ações foram implementadas desde aprovação para aplicação da lei no município.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_no_12-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_no_12-2023.pdf</t>
   </si>
   <si>
     <t>Requer a convocação de servidor comissionado Leonardo Scherer Nery.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_no_13-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_no_13-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal informações sobre o prazo de licença maternidade aplicável as servidoras ocupantes cargos efetivos, comissionados e contratados temporariamente.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/623/requerimento_no_14-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/623/requerimento_no_14-2023.pdf</t>
   </si>
   <si>
     <t>Requer copia integral do procedimento que culminou na rescisão contratual das servidora Selvani.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/624/requerimento_no_15-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/624/requerimento_no_15-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao prefeito municipal informações sobre as medidas que foram ou serão adotadas para assegurar o cumprimento da lei municipal nº 1506, de 21 de outubro de 2022.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/625/requerimento_no_16-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/625/requerimento_no_16-2023.pdf</t>
   </si>
   <si>
     <t>Requer cópia do Demonstrativo de Movimento do Numerário 02 (dois) - Tesouraria e informação do quantitativo de operações  de crédito (financiamentos/empréstimos que o Município de Buritis, tem em vigência.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_no_17-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_no_17-2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal cópia de contrato celebrado com o escritório de advocacia "Monteiro e Monteiro Advogados Associados", cujo valor dos honorários contratado é de um milhão e oitocentos mil reais.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/628/requrimento_18-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/628/requrimento_18-2023.pdf</t>
   </si>
   <si>
     <t>Requer cópia integral do processo de licitação na modalidade tomada de preços nº 019/2023, que tem como objeto a contratação de serviços de operadores máquinas, bem como nota de empenho, notas fiscais e comprovantes de pagamentos derivados do referido procedimento.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_no__19-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_no__19-2023.pdf</t>
   </si>
   <si>
     <t>Requer cópia do contrato administrativo nº 635-2021, bem como de termos aditivas, notas de empenho, notas fiscais e comprovantes de pagamentos relativos ao referido contrato.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/653/requerimento_no_20-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/653/requerimento_no_20-2023.pdf</t>
   </si>
   <si>
     <t>Requer cópia dos procedimentos licitatórios que culminaram em contratos celebrados em a empresa Vitor Barbosa Correia-MT.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/646/requerimento_no_21-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/646/requerimento_no_21-2023.pdf</t>
   </si>
   <si>
     <t>Requer as informações que menciona da Secretaria Municipal de Agricultura. Matéria Legislativa de iniciativa e autoria do vereador Flávio Galvão.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_no_22-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_no_22-2023.pdf</t>
   </si>
   <si>
     <t>Requer a relação da folha de ponto, bem como, a relação de pagamentos dos prestadores de serviços do transporte escolar no corrente ano, tendo como destino a Escola Antão Alves da Silva.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/545/veto_01-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/545/veto_01-2023.pdf</t>
   </si>
   <si>
     <t>Veto integral à Proposição de Lei nº 03/2023, que “Dispõe sobre a regulamentação do processo de seleção competitiva interna para o cargo comissionado de diretor e da função de confiança vice-diretor das unidades escolares do município de Buritis.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Branquinho, Faguinho da Padaria, Geldo da Mariquita, Waninha, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/639/pelo_no_01-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/639/pelo_no_01-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica do Município para alterar o número de Vereadores da Câmara Municipal de Buritis-MG.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/673/pelo_no_02-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/673/pelo_no_02-2023.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao inciso I § 2º do art. 179 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/672/pelo__03-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/672/pelo__03-2023.pdf</t>
   </si>
   <si>
     <t>O prefeito Municipal de Buritis no uso de suas atribuições legais e nos termos do inciso II do art. 81 da Lei Orgânica Municipal propõe a seguinte emenda à Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>Branquinho, Faguinho da Padaria, Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/671/proposta_de_emenda_a_lei_organica_no_4-2023.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/671/proposta_de_emenda_a_lei_organica_no_4-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos inseridos na lei orgânica municipal pela emenda nº 006, de 17 de dezembro de 2021.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2160,68 +2160,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/561/indicacao_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/562/indicacao_no_02_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/563/ind_no_03_-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/564/ind_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/565/ind_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/566/ind-_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/567/ind_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/568/ind_08_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/569/indicacao_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/570/indicacao_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/571/indicacao_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/572/indicacao_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/573/indicacao_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/578/indicacao_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_no_19-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/580/indicacao_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/581/indicacao_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/586/indicacao_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/587/indicao_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/590/indicacao_30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/591/indicacao_31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/592/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/596/ind_36-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/597/ind_37-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/598/ind_38-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/599/ind_39-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/600/ind_40-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/601/ind_41-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/602/ind_42-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/603/indicacao_43-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/604/ind_44-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/605/ind_46-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/606/ind_47-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/608/ind_49-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/609/ind_50-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_no_51-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/645/ind_no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/644/ind_53-2023_branquinho.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_no_54-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_no_56-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/643/ind_54-2023_sibele.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/634/decreto_legislativo_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/627/plc_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/527/1_plc_02-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/529/plc_03-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/515/plc_04-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/636/plc_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/648/plc_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/514/plc_08-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/647/plc_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/670/plc_10-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/657/plc_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/656/plc_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/654/plc_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/753/plc_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/754/plc_15-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/505/pl_01-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/633/pl_02-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/774/pl_03-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/632/pl_04-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/506/pl_05-2023_mesa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/507/pl_06-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/538/pl_07-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/502/pl_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/503/pl_009-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/516/pl_10-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/508/pl_11-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/511/pl_12-2023_banco_de_leite_materno.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/509/pl_no_013-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/521/pl_14-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/524/pl_15-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/512/pl_16-2023_cavalgada_entre_amigos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/532/pl_17-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/523/pl_18-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/541/pl_19-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/522/2_pl_20-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/520/pl_21-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/660/pl_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/519/pl_23-2023_permuta-lotes_3a_vara.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/525/pl_24-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/530/pl_25-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/531/pl_26-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/526/pl_28-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/513/pl_29-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/824/pl_30-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/637/pl_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/638/pl_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/640/pl_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/641/pl_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/642/pl_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/668/pl_36-2023_loa_para_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/669/pl_37-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/652/pl_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/658/pl_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/661/pl_no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/659/pl_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/655/pl_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/666/pl_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/665/pl_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/674/pl_no_45-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/540/pr_01-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/537/pr_02-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/534/pr_03-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/535/pr_04-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/533/pr_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/818/pr_06-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/518/pr_07-2023_baixa_de_bens.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/702/pr_08-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/703/pr_09-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/704/pr_10-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/705/pr_11-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/706/pr_12-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/707/pr_13-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/708/pr_14-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/709/pr_15-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/710/pr_16-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/720/pr_17-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/712/pr_18-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/721/pr_19-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/714/pr_20-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/715/pr_21-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/716/pr_22-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/717/pr_23-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/718/pr_24-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/719/pr_25-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/701/pr_26-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/612/requerimento_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/613/req_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/614/requerimento_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/616/requerimento_na_07-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/617/requerimento_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/618/requerimento_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/623/requerimento_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/624/requerimento_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/625/requerimento_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/628/requrimento_18-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_no__19-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/653/requerimento_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/646/requerimento_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/545/veto_01-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/639/pelo_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/673/pelo_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/672/pelo__03-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/671/proposta_de_emenda_a_lei_organica_no_4-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/561/indicacao_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/562/indicacao_no_02_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/563/ind_no_03_-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/564/ind_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/565/ind_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/566/ind-_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/567/ind_07-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/568/ind_08_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/569/indicacao_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/570/indicacao_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/571/indicacao_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/572/indicacao_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/573/indicacao_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/574/indicacao_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/575/indicacao_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/576/indicacao_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/577/indicacao_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/578/indicacao_no_18-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/579/indicacao_no_19-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/580/indicacao_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/581/indicacao_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/582/indicacao_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/583/indicacao_no_23-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/584/indicacao_no_24-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/585/indicacao_no_25-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/586/indicacao_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/587/indicao_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/588/indicacao_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/589/indicacao_29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/590/indicacao_30-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/591/indicacao_31-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/592/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/593/indicacao_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/594/indicacao_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/595/indicacao_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/596/ind_36-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/597/ind_37-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/598/ind_38-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/599/ind_39-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/600/ind_40-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/601/ind_41-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/602/ind_42-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/603/indicacao_43-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/604/ind_44-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/605/ind_46-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/606/ind_47-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/608/ind_49-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/609/ind_50-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/630/indicacao_no_51-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/645/ind_no_52-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/644/ind_53-2023_branquinho.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/631/indicacao_no_54-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/662/indicacao_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/663/indicacao_no_56-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/643/ind_54-2023_sibele.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/634/decreto_legislativo_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/627/plc_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/527/1_plc_02-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/529/plc_03-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/515/plc_04-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/636/plc_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/648/plc_no_06-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/514/plc_08-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/647/plc_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/670/plc_10-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/657/plc_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/656/plc_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/654/plc_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/753/plc_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/754/plc_15-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/505/pl_01-2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/633/pl_02-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/774/pl_03-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/632/pl_04-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/506/pl_05-2023_mesa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/507/pl_06-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/538/pl_07-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/502/pl_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/503/pl_009-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/516/pl_10-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/508/pl_11-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/511/pl_12-2023_banco_de_leite_materno.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/509/pl_no_013-2023_ldo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/521/pl_14-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/524/pl_15-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/512/pl_16-2023_cavalgada_entre_amigos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/532/pl_17-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/523/pl_18-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/541/pl_19-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/522/2_pl_20-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/520/pl_21-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/660/pl_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/519/pl_23-2023_permuta-lotes_3a_vara.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/525/pl_24-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/530/pl_25-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/531/pl_26-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/526/pl_28-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/513/pl_29-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/824/pl_30-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/637/pl_no_31-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/638/pl_no_32-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/640/pl_no_33-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/641/pl_no_34-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/642/pl_no_35-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/668/pl_36-2023_loa_para_2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/669/pl_37-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/652/pl_no_38-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/658/pl_no_39-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/661/pl_no_40-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/659/pl_no_41-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/655/pl_no_42-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/666/pl_no_43-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/665/pl_no_44-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/674/pl_no_45-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/540/pr_01-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/537/pr_02-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/534/pr_03-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/535/pr_04-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/533/pr_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/818/pr_06-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/518/pr_07-2023_baixa_de_bens.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/702/pr_08-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/703/pr_09-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/704/pr_10-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/705/pr_11-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/706/pr_12-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/707/pr_13-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/708/pr_14-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/709/pr_15-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/710/pr_16-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/720/pr_17-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/712/pr_18-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/721/pr_19-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/714/pr_20-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/715/pr_21-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/716/pr_22-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/717/pr_23-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/718/pr_24-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/719/pr_25-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/701/pr_26-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/610/requerimento_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/611/requerimento_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/612/requerimento_no_03-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/613/req_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/614/requerimento_no_05-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/616/requerimento_na_07-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/617/requerimento_no_08-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/618/requerimento_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/619/requerimento_no_10-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/620/requerimento_no_11-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/621/requerimento_no_12-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/622/requerimento_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/623/requerimento_no_14-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/624/requerimento_no_15-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/625/requerimento_no_16-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/626/requerimento_no_17-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/628/requrimento_18-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/629/requerimento_no__19-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/653/requerimento_no_20-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/646/requerimento_no_21-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/664/requerimento_no_22-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/545/veto_01-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/639/pelo_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/673/pelo_no_02-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/672/pelo__03-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2023/671/proposta_de_emenda_a_lei_organica_no_4-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="126.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>