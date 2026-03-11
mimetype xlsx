--- v0 (2025-10-15)
+++ v1 (2026-03-11)
@@ -54,1221 +54,1221 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/722/ind_no_01-2024_wania_-_conteiners.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/722/ind_no_01-2024_wania_-_conteiners.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo através da Secretaria de Obras providênciar mais contêiner nos bairros.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/723/ind_no_02-2024_wania_-_monitor-auxiliar.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/723/ind_no_02-2024_wania_-_monitor-auxiliar.pdf</t>
   </si>
   <si>
     <t>Criar o cargo de "monitor-auxiliar de crianças especiais, principalmente no caso dos alunos com Transtorno do Espectro Autista (TEA).</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/724/ind_no_03-2024_wania_-_ponte_do_brejinho.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/724/ind_no_03-2024_wania_-_ponte_do_brejinho.pdf</t>
   </si>
   <si>
     <t>Construção da Ponte do Brejinho, localizado na região do São Vicente.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/725/ind_no_04-2024_wania_-_vasao_de_agua.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/725/ind_no_04-2024_wania_-_vasao_de_agua.pdf</t>
   </si>
   <si>
     <t>Solucionar o problema de vazão de agua pluviais no Bairro Veredas e Taboquinha na cidade de Buritis.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Professora Sibele Freitas</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/727/ind_no_05-2024_sibele_-_creche_infantil.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/727/ind_no_05-2024_sibele_-_creche_infantil.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que seja contruida uma creche infantil, no Bairro Veredas.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/730/ind_no_06-2024_sibele_-_repelentes.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/730/ind_no_06-2024_sibele_-_repelentes.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que providencie a destribuição gratuita de repelentes, para todos os profissionais da saúde que atuam diretamente no combate à dengue, e também para a população de baixa renda, que são assistidas pela Secretaria Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/731/ind_no_07-2024_sibele_-_castracao_caes_e_gatos.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/731/ind_no_07-2024_sibele_-_castracao_caes_e_gatos.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder Executivo Municipal que seja realizado castrações gratuitas de cães e gatos a familias tutoras de baixa renda.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/732/ind_no_08-2024_wendel_-_encascalhamento_levantamento.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/732/ind_no_08-2024_wendel_-_encascalhamento_levantamento.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que através da Secretaria de obras, realize o levantamento e encascalhamento próximo ao trevo de asfalto até a Palmeiras.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/733/ind_no_09-2024_sibele_-_endocrinologista.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/733/ind_no_09-2024_sibele_-_endocrinologista.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que providencie a contratação de um médico endocrinogista.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/741/ind_no_10-2024_sibele_-_ginecologia-obstetricia.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/741/ind_no_10-2024_sibele_-_ginecologia-obstetricia.pdf</t>
   </si>
   <si>
     <t>Para que providencie a contratação de médico especialista na área de ginecologia-obstetrícia para que possa acompanhar nas unidades de saúde o pré-natal das gestantes, independente do grau de risco da gestação.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/770/ind_no_11-2024_sibele_-_quadra_sintetica.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/770/ind_no_11-2024_sibele_-_quadra_sintetica.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO, POR INTERMÉDIO DE SUA SECRETARIA COMPETENTE, CONSTRUA UMA QUADRA DE CAMPO SINTÉTICO, COM ILUMINAÇÃO E AINDA COM OS EQUIPAMENTOS NECESSÁRIOS Á PRÁTICA ESPORTIVA, NO TERRENO LOCALIZADO ATRÁS DO CENTRO COMUNITÁRIO DONA NEGA NO BAIRRO JARDIM.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/771/ind_no_12-2024_albertino_-_lampada_led_bias_forte.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/771/ind_no_12-2024_albertino_-_lampada_led_bias_forte.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar instalação de lâmpadas de LED na Avenida Bias Fortes.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/777/ind_no_13-2024_sibele_-_pavimento_asfaltico.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/777/ind_no_13-2024_sibele_-_pavimento_asfaltico.pdf</t>
   </si>
   <si>
     <t>Sugere ao poder a melhoria que menciona ao Governo Municipal.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/778/ind_no_14-2024_branquinho_-_medico_reumatologista.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/778/ind_no_14-2024_branquinho_-_medico_reumatologista.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a contração de médico especialista em reumatolologia.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/793/ind_no_15-2024_sibele_-_professor_educacao_infantil.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/793/ind_no_15-2024_sibele_-_professor_educacao_infantil.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que inclua professores de educação infantil como profissionais do magistério, notadamente, com equivalência as atribuições e nível salarial do professor PI.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/797/ind_no_16-2024_branquinho_-_programa_desjejum.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/797/ind_no_16-2024_branquinho_-_programa_desjejum.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo a implantação do "Programa Desjejum" (café da manhã) nas escolas municipais da zona rural, com extensão para as escolas da zona urbana.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/795/ind_no_17-2024_branquinho_-_wi-fi_nas_pracas.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/795/ind_no_17-2024_branquinho_-_wi-fi_nas_pracas.pdf</t>
   </si>
   <si>
     <t>Sugere ao Governo Municipal que disponibilize sinal de rede wi-fi nas Praças Públicas do município. Matéria Legislativa de iniciativa e autoria do vereador Albertino Barbosa da Silva - Professor Branquinho.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/796/ind_no_18-2024_sibele_-_bancos-cadeiras_cozinha_comunitaria.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/796/ind_no_18-2024_sibele_-_bancos-cadeiras_cozinha_comunitaria.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que providencie a instalação de bancos ou cadeiras na cozinha comunitária.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/810/ind_no_19-2024_sibele_-_playground_-_igrejinha.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/810/ind_no_19-2024_sibele_-_playground_-_igrejinha.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal e Secretaria competente que seja instalado playground na praça da Igrejinha.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/811/ind_no_20-2024_sibele_-_brinquedos_-_casemg.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/811/ind_no_20-2024_sibele_-_brinquedos_-_casemg.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal e Secretaria competente que realize a instalação de brinquedo adaptados para crianças portadoras de deficiência/limitação, no espaço da CASEMG.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/817/ind_no_21-2024_sibele_-_reforma_quadra_saturnino.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/817/ind_no_21-2024_sibele_-_reforma_quadra_saturnino.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal e Secretaria competente que realize a reforma na quadra poliesportiva Saturnino, localizada na Igrejinha.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Flávio Galvão</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/809/ind_no_25-2024_flavio_-_enfermeiro_-_sao_vicente.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/809/ind_no_25-2024_flavio_-_enfermeiro_-_sao_vicente.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que implante no PSF na Vila São Vicente o atendimento de um  enfermeiro três vezes na semana.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Keny Sores Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/728/plc_01-2024_piso_salarial.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/728/plc_01-2024_piso_salarial.pdf</t>
   </si>
   <si>
     <t>Estabelece piso salarial para os técnicos de enfermagem, altera vencimentos de cargo de provimento efetivo de Técnico em Radiologia e o cargo em comissão de Coordenador de Garagem e dá outras providências.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/729/plc_02-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/729/plc_02-2024.pdf</t>
   </si>
   <si>
     <t>Adequa os vencimentos do cargo de provimento efetivo de programador II e dá outras providências.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/746/plc_03-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/746/plc_03-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece piso salarial para os técnicos de enfermagem, altera vencimentos de cargo de provimento efetivo de Técnico em Radiologia e o cargo em comissão de Coordenador de Garagem e adequa os vencimentos do cargo de Programador I e II e dá outras providências.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/745/plc_04-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/745/plc_04-2024.pdf</t>
   </si>
   <si>
     <t>Aumenta o número de vagas do cargo de Monitor de educação Infantil, constante do Anexo IV e dos § 3º, incisos I, II e III do art. 37, da Lei Complementar nº 63 de 30.12.2009, que dispõe sobre o novo plano de carreira, cargos e salários PCCS do Magistério e dos servidores da Educação do Município de Buritis e revoga a Lei Complementar nº 021 de 30.12.2005 e legislação posterior e altera carga horária do cargo que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/747/plc_05-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/747/plc_05-2024.pdf</t>
   </si>
   <si>
     <t>Altera a tabela salarial do quadro de educação da Lei Complementar nº 63/2009 e dá outras providências.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/751/plc_no_06-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/751/plc_no_06-2024.pdf</t>
   </si>
   <si>
     <t>Cria cargo de provimento efetivo de Assistente Monitor de Sala de Aula e dá outras providências.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/759/plc_07-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/759/plc_07-2024.pdf</t>
   </si>
   <si>
     <t>Cria cargo de provimento em comissão de Assessor Técnico em Saúde Pública e o cargo de provimento em comissão de Conncierge e dá outras providências.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/760/plc_08-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/760/plc_08-2024.pdf</t>
   </si>
   <si>
     <t>Altera a emenda, da Lei complementar 109 de 02 de março de 2015 e o artigo 1º da citada Lei e revoga a Lei 1.565 de 07 março de 2024 e passa a vigorar da seguinte forma.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/765/plc_no_09-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/765/plc_no_09-2024.pdf</t>
   </si>
   <si>
     <t>Altera a ementa e o artigo 1º da Lei Complementar nº 109 de março de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/769/plc_10-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/769/plc_10-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 099de 17.03.2014 que criou a Gratificação de Dedicação Integral para os motoristas da saúde; autorizou o aumento do número de vagas do cargo de motorista; criou o Auxílio Alimentação para motoristas e dá outras providênicas.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/768/plc_11-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/768/plc_11-2024.pdf</t>
   </si>
   <si>
     <t>Altera o vencimento de cargos de provimento efetivo, cria abono salarial e dá outras providências.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/782/plc_no_12-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/782/plc_no_12-2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 099 de 17.03.2014 que criou a Gratificação de Dedicação Integral para os motoristas da saúde; autorizou o aumento do número de vagas do cargo de motorista; criou o Auxílio Alimentação para motoristas de dá outras providências.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/783/plc_no_13-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/783/plc_no_13-2024.pdf</t>
   </si>
   <si>
     <t>Altera o vencimento de cargos de provimento efetivo, cria abono salarial, cria gratificação para o motorista ou condutor de ambulância e dá outras providências.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/788/plc_no_14-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/788/plc_no_14-2024.pdf</t>
   </si>
   <si>
     <t>Adequa os vencimentos do cargo de Contador I e Contador II e dá outras providênicas.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/799/plc_no_15-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/799/plc_no_15-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Brigada Municipal de Buritis - MG e dá outras providências.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/800/plc_no_16-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/800/plc_no_16-2024.pdf</t>
   </si>
   <si>
     <t>Concede desconto especial na divida ativa, impostos e taxas e dá outras providências.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/802/plc_no_17-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/802/plc_no_17-2024.pdf</t>
   </si>
   <si>
     <t>Readéqua os vencimentos dos servidores acupantes do cargo de provimento efetivo Monitor de Educação Infantil e dá outras providências.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/804/plc_18-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/804/plc_18-2024.pdf</t>
   </si>
   <si>
     <t>Altera a forma de cálculo dos proventos de aposentadoria dos servidores municipais vinculados ao Instituto dos servidores Públicos Muncipais de Buritis- IPREB e dá outras providências.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Faguinho da Padaria, Nilvia Prisco, Waninha, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/682/pl_01-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/682/pl_01-2024.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos servidores públicos da Câmara Municipal de Buritis e o subsídio dos Vereadores, na forma do inciso"X', do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>Nilvia Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/680/pl_02-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/680/pl_02-2024.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Pequenos Produtores Rurais da Barriguda e Entorno de Buritis-MG.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>Geldo da Mariquita, Professora Sibele Freitas</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/683/pl_03-2024_u.p._mae_das_conquistas.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/683/pl_03-2024_u.p._mae_das_conquistas.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação de Produção e Comercialização de Produtos Agriculas da Agricultura Familiar Mãe das Conquistas-AMAE.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/681/pl_04-2024_u.p._ass_veredas.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/681/pl_04-2024_u.p._ass_veredas.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação Famílias do Bairro Veredas-AFBV.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/684/pl_05-2024_coordenadoria_compdec.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/684/pl_05-2024_coordenadoria_compdec.pdf</t>
   </si>
   <si>
     <t>Cria a Coordenadoria Municipal de Proteção e Defesa Civil (COMPDEC) do Município de Buritis - MG e dá outras providências.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/686/pl_06-2024_credito_especial.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/686/pl_06-2024_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao orçamento vigente.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/687/pl_07-2024_credito_especial.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/687/pl_07-2024_credito_especial.pdf</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/688/pl_08-2024_credito_especial.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/688/pl_08-2024_credito_especial.pdf</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/689/pl_09-2024_credito_especial.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/689/pl_09-2024_credito_especial.pdf</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/700/pl_10-2024_credito_especial.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/700/pl_10-2024_credito_especial.pdf</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/690/pl_11-2024_cria_logradouro.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/690/pl_11-2024_cria_logradouro.pdf</t>
   </si>
   <si>
     <t>Cria logradouro público que menciona, localizado no bairro Taboquinha e dá outras providências.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/694/pl_12-2024_revisa_subsidio_agentes_politicos.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/694/pl_12-2024_revisa_subsidio_agentes_politicos.pdf</t>
   </si>
   <si>
     <t>Revisa os subsídios dos Agentes Políticos do Município de Buritis, que especifica, na forma do inciso "X", do art. 37 da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/695/pl_13-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/695/pl_13-2024.pdf</t>
   </si>
   <si>
     <t>Concede reajuste ao Piso do Magistério Municipal e da outras providências.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/696/pl_14-2024_reajuste_salarial.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/696/pl_14-2024_reajuste_salarial.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimento aos servidores com vencimento equivalente ao salário mínimo e dá outras providências.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/692/pl_15-2024_piso_salarial_acs_e_ace.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/692/pl_15-2024_piso_salarial_acs_e_ace.pdf</t>
   </si>
   <si>
     <t>Altera o Piso Salarial dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias e dá outras providências.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/698/pl_16-2024_-_doacao_de_lotes.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/698/pl_16-2024_-_doacao_de_lotes.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar doação de Lotes de Terrenos Urbanos ao Estado de Minas Gerais para a construção do edifício do Fórum da Comarca de Buritis -MG e contém outras providências.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/699/pl_17-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/699/pl_17-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Especial ao Orçamento Vigente.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/691/pl_18-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/691/pl_18-2024.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis-MG, o evento denominado encontro dos atletas de futebol dos anos noventa, amigos de Buritis.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/816/pl_19-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/816/pl_19-2024.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/784/pl_20-2024_loteamento_barbosa.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/784/pl_20-2024_loteamento_barbosa.pdf</t>
   </si>
   <si>
     <t>Cria Logradouro público que menciona, localizado no Loteamento do Barbosa e dá outras providências.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/742/pl_21-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/742/pl_21-2024.pdf</t>
   </si>
   <si>
     <t>Concede reajuste aos servidores comissionados e dá outras providências.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/815/pl_22-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/815/pl_22-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/739/pl_23-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/739/pl_23-2024.pdf</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/740/pl_24-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/740/pl_24-2024.pdf</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/743/pl_25-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/743/pl_25-2024.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos servidores públicos da Câmara Municipal de Buritis, na forma do inciso "X', do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/744/pl_26-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/744/pl_26-2024.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos agentes políticos de Buritis para a legislatura 2025/2028 e dá outras providências.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Faguinho da Padaria</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/749/pl_27-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/749/pl_27-2024.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Açougueiros de Buritis-AAB.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Flávio Galvão, Ozanan</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/758/pl_28-2024_patrocinio.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/758/pl_28-2024_patrocinio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a destinação e recebimento de patrocínio pelo poder público e dá outras providências.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/814/pl_29-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/814/pl_29-2024.pdf</t>
   </si>
   <si>
     <t>Reverte a doação de área para o Patrimônio Público Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/813/pl_30-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/813/pl_30-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a desenvolver ações e aporte de Contrapartida municipal para implementar o Programa Minha Casa Minha Vida - Lei 11.977 de 07 de julho de 2009, conforme disposições das instruções normativas do Ministério das Cidades e Portaria Interministerial e dá outras providências.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/812/pl_31-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/812/pl_31-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da lei orçamentária de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/764/pl_no_32-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/764/pl_no_32-2024.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a realização dos jogos paraolímpicos.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/767/pl_33-2024_loteamento_bosque_jk.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/767/pl_33-2024_loteamento_bosque_jk.pdf</t>
   </si>
   <si>
     <t>Aprova loteamento que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/772/pl_34-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/772/pl_34-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Casa de Apoio de Barretos.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/773/pl_no_35-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/773/pl_no_35-2024.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal da etnia cigana no Município de Buritis-MG.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/775/pl_36-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/775/pl_36-2024.pdf</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/779/pl_no_37-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/779/pl_no_37-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao arçamento vigente.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/780/pl_no_38-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/780/pl_no_38-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Serviço de Inspeção Municipal de Produtos de Origem Vegetal-SIM/POV e os procedimentos de inspeção sanitária e industrial dos produtos de Origem Vegetal e dá outras providências. Matéria Legislativa de iniciativa e autoria do Executivo Municipal, prefeito, Keny Soares Rodrigues.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/781/pl_no_39-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/781/pl_no_39-2024.pdf</t>
   </si>
   <si>
     <t>Ratifica a sexta alteração e a consolidação de Contrato do COMVALES e dá outras providências.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/785/pl_no_40-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/785/pl_no_40-2024.pdf</t>
   </si>
   <si>
     <t>Inclui o § 3º no Artigo 14 da Lei nº 1481 de 17 de dezembro de 2021, que Institui o Regime de Previdência Complementar no âmbito do Municipio de Buritis-MG e dá outras providências.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/787/pl_41-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/787/pl_41-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Equacionamento do déficit Atuarial do Instituto de Previdência do Município de Buritis, e dá outras providências.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/786/pl_no_42-224.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/786/pl_no_42-224.pdf</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/789/pl_no_43-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/789/pl_no_43-2024.pdf</t>
   </si>
   <si>
     <t>Institui a identificação e veículo de transporte de pessoas com Transtorno do Espectro Autista - TEA.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/790/pl_no_44-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/790/pl_no_44-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento da retroatividade do diagnóstico do Transtorno do Espectro Autista-TEA, para determinar que atestados ou laudos que comprovem a existencia de condição irreversível possuam validade indeterminada.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/791/pl_no_45-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/791/pl_no_45-2024.pdf</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/792/pl_no_46-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/792/pl_no_46-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito adicional especial ao orçamento vigente.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/798/pl_no_47-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/798/pl_no_47-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do protocolo de intenções do Consórcio Intermunicipal dos Municípios do Noroeste de Minas - CINF - AMNOR e dá outras providências.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/803/pl_48-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/803/pl_48-2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 2º da Lei nº 1.308 de 23 de setembro de 2014 que autoriza a doação de lotes urbanos às famílias carentes, para atendimento de interesse social e venda direta, com a finalidade de promover a regularização fundiária e dá outras providências.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/806/pl_49-2024_loteamento_extrema.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/806/pl_49-2024_loteamento_extrema.pdf</t>
   </si>
   <si>
     <t>Aprova Loteamento denominado Extrema II, localizado no bairro Extrema II e dá outras providências.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/807/pl_no_50-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/807/pl_no_50-2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Buritis para o exercício financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/808/pl_51-2024_altera_o_ppa.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/808/pl_51-2024_altera_o_ppa.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.471 de 27 de outubro de 2021 que dispõe sobre o Plano Plurianual para o quadrienio 2022-2025</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/819/pl_52-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/819/pl_52-2024.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Agricultores Santo Expedito-ADASE.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/826/pl_53-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/826/pl_53-2024.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Membros da Igreja Batista-AMIB.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/822/pl_54-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/822/pl_54-2024.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a realização da Folia de Reis e da Folia do Divino Espírito Santo.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/821/pl_55-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/821/pl_55-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a padronização das cores de imóveis públicos pertencentes e/ou mantidos pelo município de Buritis-MG e dá outras providências.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Ozanan, Wendel Durãel</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/820/pl_no_56-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/820/pl_no_56-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da identificação dos veículos oficiais e dá outras providências</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/823/pl_57-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/823/pl_57-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL PELA PRIMEIRA INFÂNCIA - PMPI DO MUNICÍPIO DE BURITIS E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/734/req_01-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/734/req_01-2024.pdf</t>
   </si>
   <si>
     <t>Requer ás inforções que menciona acerca do atendimento especializado dos alunos com transtorno de espectro autista que estão matriculados nas escolas da rede municipal de ensino.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/735/req_02-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/735/req_02-2024.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Educação que encaminhe as informações que menciona.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/736/pl_03-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/736/pl_03-2024.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municiapl de Saúde que encaminhe as informações que menciona.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/737/req_04-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/737/req_04-2024.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Educação que encaminhe as informações mencionadas e adote as providências que menciona.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/738/req_05-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/738/req_05-2024.pdf</t>
   </si>
   <si>
     <t>Requer a Secretaria Municipal de Obras que encaminhe as informações mencionadas.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/761/req_06-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/761/req_06-2024.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Fazenda, informações acerca de repasses/pagamentos realizados a Associação Comercial e Empresarial do município de Buritis, no período que menciona.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/762/req_07-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/762/req_07-2024.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Fazenda, informações acerca de repasses/pagamentos realizados a associações do município de Buritis, sem fins lucrativos no período que menciona.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/763/req_08-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/763/req_08-2024.pdf</t>
   </si>
   <si>
     <t>Requer do Secretário Municipal de Fazenda, informações acerca de repasses/pagamentos realizados a pessoa jurídica inscrita ao CNPJ nº 07.242.889/0001-62. Matéria Legislativa de iniciativa e autoria do vereador Geldo da Mariquita.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/776/req_09-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/776/req_09-2024.pdf</t>
   </si>
   <si>
     <t>Requer da Secretária Municipal de Agricultura as informações que menciona.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/805/veto_01-2024.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/805/veto_01-2024.pdf</t>
   </si>
   <si>
     <t>Que dispõe sobre o reconhecimento da retroatividade do diagnóstico do Transtorno do Espectro Autista - TEA, para determinar que atestado e laudos que comprovem a existência de condição irreversível, possuam validade indeterminada.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/697/pelo_01-2024_valor_lote_interesse_social.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/697/pelo_01-2024_valor_lote_interesse_social.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do parágrafo 2º, do artigo 179 da Lei Orgânica Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1575,68 +1575,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/722/ind_no_01-2024_wania_-_conteiners.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/723/ind_no_02-2024_wania_-_monitor-auxiliar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/724/ind_no_03-2024_wania_-_ponte_do_brejinho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/725/ind_no_04-2024_wania_-_vasao_de_agua.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/727/ind_no_05-2024_sibele_-_creche_infantil.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/730/ind_no_06-2024_sibele_-_repelentes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/731/ind_no_07-2024_sibele_-_castracao_caes_e_gatos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/732/ind_no_08-2024_wendel_-_encascalhamento_levantamento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/733/ind_no_09-2024_sibele_-_endocrinologista.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/741/ind_no_10-2024_sibele_-_ginecologia-obstetricia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/770/ind_no_11-2024_sibele_-_quadra_sintetica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/771/ind_no_12-2024_albertino_-_lampada_led_bias_forte.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/777/ind_no_13-2024_sibele_-_pavimento_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/778/ind_no_14-2024_branquinho_-_medico_reumatologista.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/793/ind_no_15-2024_sibele_-_professor_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/797/ind_no_16-2024_branquinho_-_programa_desjejum.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/795/ind_no_17-2024_branquinho_-_wi-fi_nas_pracas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/796/ind_no_18-2024_sibele_-_bancos-cadeiras_cozinha_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/810/ind_no_19-2024_sibele_-_playground_-_igrejinha.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/811/ind_no_20-2024_sibele_-_brinquedos_-_casemg.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/817/ind_no_21-2024_sibele_-_reforma_quadra_saturnino.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/809/ind_no_25-2024_flavio_-_enfermeiro_-_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/728/plc_01-2024_piso_salarial.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/729/plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/746/plc_03-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/745/plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/747/plc_05-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/751/plc_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/759/plc_07-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/760/plc_08-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/765/plc_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/769/plc_10-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/768/plc_11-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/782/plc_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/783/plc_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/788/plc_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/799/plc_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/800/plc_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/802/plc_no_17-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/804/plc_18-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/682/pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/680/pl_02-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/683/pl_03-2024_u.p._mae_das_conquistas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/681/pl_04-2024_u.p._ass_veredas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/684/pl_05-2024_coordenadoria_compdec.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/686/pl_06-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/687/pl_07-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/688/pl_08-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/689/pl_09-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/700/pl_10-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/690/pl_11-2024_cria_logradouro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/694/pl_12-2024_revisa_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/695/pl_13-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/696/pl_14-2024_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/692/pl_15-2024_piso_salarial_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/698/pl_16-2024_-_doacao_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/699/pl_17-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/691/pl_18-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/816/pl_19-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/784/pl_20-2024_loteamento_barbosa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/742/pl_21-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/815/pl_22-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/739/pl_23-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/740/pl_24-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/743/pl_25-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/744/pl_26-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/749/pl_27-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/758/pl_28-2024_patrocinio.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/814/pl_29-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/813/pl_30-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/812/pl_31-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/764/pl_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/767/pl_33-2024_loteamento_bosque_jk.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/772/pl_34-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/773/pl_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/775/pl_36-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/779/pl_no_37-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/780/pl_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/781/pl_no_39-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/785/pl_no_40-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/787/pl_41-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/786/pl_no_42-224.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/789/pl_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/790/pl_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/791/pl_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/792/pl_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/798/pl_no_47-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/803/pl_48-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/806/pl_49-2024_loteamento_extrema.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/807/pl_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/808/pl_51-2024_altera_o_ppa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/819/pl_52-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/826/pl_53-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/822/pl_54-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/821/pl_55-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/820/pl_no_56-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/823/pl_57-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/734/req_01-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/735/req_02-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/736/pl_03-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/737/req_04-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/738/req_05-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/761/req_06-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/762/req_07-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/763/req_08-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/776/req_09-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/805/veto_01-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/697/pelo_01-2024_valor_lote_interesse_social.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/722/ind_no_01-2024_wania_-_conteiners.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/723/ind_no_02-2024_wania_-_monitor-auxiliar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/724/ind_no_03-2024_wania_-_ponte_do_brejinho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/725/ind_no_04-2024_wania_-_vasao_de_agua.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/727/ind_no_05-2024_sibele_-_creche_infantil.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/730/ind_no_06-2024_sibele_-_repelentes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/731/ind_no_07-2024_sibele_-_castracao_caes_e_gatos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/732/ind_no_08-2024_wendel_-_encascalhamento_levantamento.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/733/ind_no_09-2024_sibele_-_endocrinologista.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/741/ind_no_10-2024_sibele_-_ginecologia-obstetricia.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/770/ind_no_11-2024_sibele_-_quadra_sintetica.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/771/ind_no_12-2024_albertino_-_lampada_led_bias_forte.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/777/ind_no_13-2024_sibele_-_pavimento_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/778/ind_no_14-2024_branquinho_-_medico_reumatologista.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/793/ind_no_15-2024_sibele_-_professor_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/797/ind_no_16-2024_branquinho_-_programa_desjejum.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/795/ind_no_17-2024_branquinho_-_wi-fi_nas_pracas.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/796/ind_no_18-2024_sibele_-_bancos-cadeiras_cozinha_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/810/ind_no_19-2024_sibele_-_playground_-_igrejinha.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/811/ind_no_20-2024_sibele_-_brinquedos_-_casemg.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/817/ind_no_21-2024_sibele_-_reforma_quadra_saturnino.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/809/ind_no_25-2024_flavio_-_enfermeiro_-_sao_vicente.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/728/plc_01-2024_piso_salarial.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/729/plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/746/plc_03-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/745/plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/747/plc_05-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/751/plc_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/759/plc_07-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/760/plc_08-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/765/plc_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/769/plc_10-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/768/plc_11-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/782/plc_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/783/plc_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/788/plc_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/799/plc_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/800/plc_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/802/plc_no_17-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/804/plc_18-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/682/pl_01-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/680/pl_02-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/683/pl_03-2024_u.p._mae_das_conquistas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/681/pl_04-2024_u.p._ass_veredas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/684/pl_05-2024_coordenadoria_compdec.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/686/pl_06-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/687/pl_07-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/688/pl_08-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/689/pl_09-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/700/pl_10-2024_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/690/pl_11-2024_cria_logradouro.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/694/pl_12-2024_revisa_subsidio_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/695/pl_13-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/696/pl_14-2024_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/692/pl_15-2024_piso_salarial_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/698/pl_16-2024_-_doacao_de_lotes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/699/pl_17-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/691/pl_18-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/816/pl_19-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/784/pl_20-2024_loteamento_barbosa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/742/pl_21-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/815/pl_22-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/739/pl_23-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/740/pl_24-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/743/pl_25-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/744/pl_26-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/749/pl_27-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/758/pl_28-2024_patrocinio.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/814/pl_29-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/813/pl_30-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/812/pl_31-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/764/pl_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/767/pl_33-2024_loteamento_bosque_jk.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/772/pl_34-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/773/pl_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/775/pl_36-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/779/pl_no_37-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/780/pl_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/781/pl_no_39-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/785/pl_no_40-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/787/pl_41-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/786/pl_no_42-224.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/789/pl_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/790/pl_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/791/pl_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/792/pl_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/798/pl_no_47-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/803/pl_48-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/806/pl_49-2024_loteamento_extrema.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/807/pl_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/808/pl_51-2024_altera_o_ppa.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/819/pl_52-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/826/pl_53-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/822/pl_54-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/821/pl_55-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/820/pl_no_56-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/823/pl_57-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/734/req_01-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/735/req_02-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/736/pl_03-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/737/req_04-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/738/req_05-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/761/req_06-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/762/req_07-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/763/req_08-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/776/req_09-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/805/veto_01-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2024/697/pelo_01-2024_valor_lote_interesse_social.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="53.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>