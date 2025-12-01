--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1064" uniqueCount="499">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1191" uniqueCount="560">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -783,50 +783,62 @@
   <si>
     <t>Indicação sugerindo ao Executivo através da Secretaria de Obras providenciar mais contêiner nos bairros.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_no_61-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a criação de um Departamento denominado “Terceiro Setor”, com estrutura administrativa própria e que disponha de assessoria jurídica e contábil gratuita para atendimento direto aos presidentes e representantes de associações do Município de Buritis.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo a destinação de 30% dos recursos captados por meio das Leis de Incentivo à Culutra - como a Lei Rouanet e a Lei Paulo Gustavo / Aldir Blanc para os artistas locais do município.</t>
   </si>
   <si>
+    <t>969</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/969/1_indicacao_no_63-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicação sugerindo ao Executivo, através da Secretaria de Esportes a Implantação de um Centro Esportivo em parte da área denominada “Campo do Buritis”, localizado no Bairro Veredas.</t>
+  </si>
+  <si>
     <t>937</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no_64-2025.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo a implantação de Iluminação nos bairros Taboquinha e Extrema na cidade de Buritis.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no_065-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo a implantação do programa Brasil Alfabetizado no Distrito de São Pedro Passa Três.</t>
   </si>
   <si>
     <t>938</t>
@@ -867,83 +879,182 @@
   <si>
     <t>944</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_069-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal para que, por meio das Secretarias de Educação e Finanças, avalie a viabilidade legal e orçamentária de conceder 14º salário aos profissionais da educação pública, ou, alternativamente, realizar o rateio das sobras do FUNDEB, conforme previsto na legislação vigente.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_070-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que seja constituída comissão interna com a finalidade de promover a atualização do Estatuto dos Servidores Públicos Municipais (LC n.º 02/2002); bem como a revisão e atualização do Plano de Cargos e Salários dos Profissionais do Magistério (LC n.º 63/2009), assegurando maior valorização dos servidores públicos, em especial dos profissionais da educação.</t>
   </si>
   <si>
+    <t>967</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_071-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugerindo ao Excelentíssimo Senhor Prefeito Municipal a adoção da seguinte medida, inclusive, através de legislação especícifica.</t>
+  </si>
+  <si>
     <t>951</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_072-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que realize uma limpeza geral na Praça 07 de Setembro, no bairro Canaã.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_073-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo a firmar parcerias com o SENAI/MG e outros atores, para ofertar cursos de pedreiro, pintor, mecânica e outros nos Distritos do Município de Buritis.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_no_074-2025.pdf</t>
+  </si>
+  <si>
     <t>Sugere ao Prefeito Municipal providenciar apoio a aquisição de equipamentos para apagar fogo em incêndios florestais.</t>
   </si>
   <si>
+    <t>960</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/960/1_indicacao_no_075-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Prefeito Municipal providenciar apoio a criação de uma brigada de incêndio em nosso município.</t>
+  </si>
+  <si>
+    <t>961</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/961/1_indicacao_no_076-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo providenciar a disponibilização de rede wi-fi, para os usuários dos Postos de Saúde da Família-PSF, no município.</t>
+  </si>
+  <si>
+    <t>963</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/963/1_indicacao_no_077-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo providenciar a construção de redutor de velocidade(quebra-molas), no trecho compreendido na Avenida Brasília-bairro Veredas até a altura Avenida Brasília no Bairro Ipês.</t>
+  </si>
+  <si>
+    <t>962</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/962/1_indicacao_no_076-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Executivo que providencie a construção de uma quadra poliesportiva na comunidade Palmeira.</t>
+  </si>
+  <si>
+    <t>966</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_no_080-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo e Secretaria de Educação, que as designações para contrato em cargo de substituição e cargo vago seja realizado no mês de dezembro ou na última semana de janeiro. Sendo fixado a data com antecedência de trinta dias.</t>
+  </si>
+  <si>
+    <t>973</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/973/1_indicacao_no_81-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal a instituição de Programa Municipal de Incentivo à Pós-Graduação e à Pesquisa para os Profissionais do Magistério da Rede Pública Municipal de Educação.</t>
+  </si>
+  <si>
+    <t>974</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/974/1_indicacao_no_082-2025.pdf</t>
+  </si>
+  <si>
+    <t>– Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, o pedido do asfaltamento que liga o Bairro Taboquinha ao Bairro Jardim na Rua Adão Viana.</t>
+  </si>
+  <si>
     <t>912</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/912/mocao_de_reconhecimento-wania-garis.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Reconhecimento aos garis do Município de Buritis-MG.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Rufino Clóvis Folador</t>
@@ -966,50 +1077,62 @@
   <si>
     <t>906</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 184, de 01 de abril de 2025 que cria cargos de provimento efetivo e de provimento em comissão e altera o número de vagas de cargos de provimento efetivo, de provimento de comissão e funções gratificadas constantes na Lei Complementar nº 63, de 30 de dezembro de 2009 e na Lei Complementar nº 92, de 10 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 185, de 28 de maio de 2025 que criou cargos de provimento efetivo e de provimento em comissão e altera o número de vagas de cargos de provimento efetivo, de provimento de comissão e funções gratificadas constantes na Lei Complementar nº 63, de 30 de dezembro de 2009 e na Lei Complementar nº 92, de 10 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>Cria a Secretaria Municipal de Cultura e Turismo, altera a Lei Complementar nº 051/2008, Lei Complementar nº 094/2013, Lei nº 1.225/2011, Lei nº 1.186/2010, e dá outras providências.</t>
   </si>
   <si>
+    <t>975</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/975/pl_045-2025.pdf</t>
+  </si>
+  <si>
+    <t>Teste</t>
+  </si>
+  <si>
     <t>827</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores municipais com remuneração equivalente ao salário mínimo e dá outras providências. Matéria Legislativa de iniciativa e autoria do Executivo Municipal, prefeito, Rufino Clóvis Folador.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste do piso salarial do magistério público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>836</t>
@@ -1221,92 +1344,140 @@
   <si>
     <t>941</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei 1.618, de 10 de março de 2025, para incluir a premiação do Campeonato de Vôlei de Quadra, e dá outras providências. De autoria do Executivo Municipal.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE SAÚDE MENTAL PREVENTIVA PARA OS PROFISSIONAIS DA EDUCAÇÃO DA REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL PARA POLÍTICAS PENAIS.</t>
   </si>
   <si>
+    <t>965</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/965/pl_033-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual para o triênio 2026-2029 e dá outras providências.</t>
+  </si>
+  <si>
     <t>946</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Professor Alencar Apolinário, Waninha</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a comemoração da Semana Farropilha.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pl_no_035-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar terreno urbano de propriedade do Município de Buritis/MG para a construção de habitações populares do Programa Minha Casa Minha Vida Entidades, e dá outras providências.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/949/pl_no_036-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Monte Moriá Fazenda Terapêutica</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/953/pl_no_037-2025.pdf</t>
+  </si>
+  <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a realização do Encontro de Som e Rebaixados.</t>
   </si>
   <si>
+    <t>959</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/959/1_pl_no_040-2025.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece de Utilidade Pública a Associação dos Desbravadores de Buritis.</t>
+  </si>
+  <si>
+    <t>964</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/964/1_pl_no_041-2025.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece de Utilidade Pública a Associação Mineira Artística Cultural de Buritis - AMAC.</t>
+  </si>
+  <si>
+    <t>968</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/968/1_pl_no_042-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a padronização da identificação visual e as regras de operação do serviço de transporte individual de passageiros (táxi) no município de Buritis/MG, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>972</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/972/1_pl_no_044-2025.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece de Utilidade Pública a Associação de Desenvolvimento, Produção e Comercialização Veredas da Campininha-ADPCVC.</t>
+  </si>
+  <si>
     <t>858</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona da Resolução Nº 322, de 17 de dezembro de 2019, com alterações promovidas pela Resolução Nº 338, de 16 de abril de 2020.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf</t>
   </si>
   <si>
     <t>Cria a função de confiança de Coordenador de Recursos Humanos.</t>
   </si>
   <si>
     <t>865</t>
@@ -1470,69 +1641,81 @@
   <si>
     <t>934</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal as informações que menciona.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>Harley Prisco, Robertinho, Waninha</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf</t>
   </si>
   <si>
     <t>Requerem do Prefeito Municipal, por intermédio de sua secretaria competente as providências que menciona.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_017-2025.pdf</t>
+  </si>
+  <si>
     <t>Requer do Poder Executivo, por intermédio do Secretário Municipal de Obras as informações que menciona relativas ao loteamento Bosque JK e Condomínio Alphavile.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_no_018-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, por intermédio do Secretário Municipal de Obras as informações que menciona relativas ao loteamento Residencial dos Lagos.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_no_019-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, por intermédio do Secretário Municipal de Obras as informações que menciona relativas ao Loteamento Eldorado II.</t>
+  </si>
+  <si>
+    <t>970</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/970/1_requerimento_no_20-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Prefeito Municipal, o detalhamento do quadro de vagas do Cargo de Professor P1 constante na Lei Complementar nº 63/2009 e suas alterações posteriores.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Didé, Dr. Fernando, Robertinho</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pelom_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica do Município para alterar o número de vereadores da Câmara Municipal de Buritis-MG.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -1854,56 +2037,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/830/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/834/idicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/912/mocao_de_reconhecimento-wania-garis.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/932/plc_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/879/plc_no_002-2025_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/836/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/837/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pl_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/863/pl_no_006-2025_festa_dona_margarida.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/866/pl_no_007-2025_u.p._ass._acougueiros.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/867/pl_no_008-2025_premiacoes_esportivas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/887/pl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/875/pl_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/904/pl_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/889/pl_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/893/pl_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/907/pl_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pl_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/902/pl_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pl_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pl_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pl_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/940/pl_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pl_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pl_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/949/pl_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pr_no_003-2025_libras.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pr_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pr_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pre_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/828/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/829/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/855/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/856/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pelom_no_001-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/830/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/834/idicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/969/1_indicacao_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/960/1_indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/961/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/963/1_indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/962/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/973/1_indicacao_no_81-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/974/1_indicacao_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/912/mocao_de_reconhecimento-wania-garis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/932/plc_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/879/plc_no_002-2025_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/975/pl_045-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/836/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/837/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pl_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/863/pl_no_006-2025_festa_dona_margarida.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/866/pl_no_007-2025_u.p._ass._acougueiros.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/867/pl_no_008-2025_premiacoes_esportivas.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/887/pl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/875/pl_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/904/pl_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/889/pl_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/893/pl_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/907/pl_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pl_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/902/pl_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pl_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pl_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pl_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/940/pl_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pl_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/965/pl_033-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pl_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/949/pl_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/953/pl_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/959/1_pl_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/964/1_pl_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/968/1_pl_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/972/1_pl_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pr_no_003-2025_libras.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pr_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pr_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pre_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/828/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/829/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/855/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/856/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/970/1_requerimento_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pelom_no_001-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H133"/>
+  <dimension ref="A1:H149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3504,1877 +3687,2290 @@
       </c>
       <c r="G62" s="1" t="s">
         <v>259</v>
       </c>
       <c r="H62" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>261</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>262</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>52</v>
+        <v>223</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>263</v>
       </c>
       <c r="H63" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>265</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>266</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>162</v>
+        <v>52</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>267</v>
       </c>
       <c r="H64" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>269</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>270</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>206</v>
+        <v>162</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>271</v>
       </c>
       <c r="H65" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>273</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>274</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>206</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>275</v>
       </c>
       <c r="H66" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>277</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>278</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>279</v>
       </c>
       <c r="H67" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>281</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>282</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>117</v>
+        <v>162</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>283</v>
       </c>
       <c r="H68" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>285</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>286</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>206</v>
+        <v>117</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H69" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>289</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>290</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>52</v>
+        <v>117</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>291</v>
       </c>
       <c r="H70" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>293</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>294</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>52</v>
+        <v>206</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>154</v>
+        <v>295</v>
       </c>
       <c r="H71" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>10</v>
+        <v>298</v>
       </c>
       <c r="D72" t="s">
-        <v>297</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>298</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>223</v>
+        <v>52</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H72" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>301</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>10</v>
+        <v>302</v>
       </c>
       <c r="D73" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>52</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="F73" t="s">
+      <c r="H73" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>305</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>306</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>52</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B74" t="s">
-[...14 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>309</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>310</v>
       </c>
-      <c r="B75" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>304</v>
+        <v>162</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>311</v>
       </c>
       <c r="H75" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>313</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>25</v>
+        <v>314</v>
       </c>
       <c r="D76" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>304</v>
+        <v>162</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H76" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>35</v>
+        <v>318</v>
       </c>
       <c r="D77" t="s">
-        <v>302</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>303</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>304</v>
+        <v>223</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>154</v>
+        <v>319</v>
       </c>
       <c r="H77" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>10</v>
+        <v>322</v>
       </c>
       <c r="D78" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>320</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>304</v>
+        <v>13</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H78" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>17</v>
+        <v>326</v>
       </c>
       <c r="D79" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>320</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>304</v>
+        <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="H79" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>21</v>
+        <v>330</v>
       </c>
       <c r="D80" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>320</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>304</v>
+        <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="H80" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>319</v>
+        <v>334</v>
       </c>
       <c r="E81" t="s">
-        <v>320</v>
+        <v>335</v>
       </c>
       <c r="F81" t="s">
-        <v>304</v>
+        <v>223</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="H81" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>319</v>
+        <v>339</v>
       </c>
       <c r="E82" t="s">
-        <v>320</v>
+        <v>340</v>
       </c>
       <c r="F82" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="H82" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D83" t="s">
-        <v>319</v>
+        <v>339</v>
       </c>
       <c r="E83" t="s">
-        <v>320</v>
+        <v>340</v>
       </c>
       <c r="F83" t="s">
-        <v>206</v>
+        <v>341</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="H83" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>347</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>21</v>
+      </c>
+      <c r="D84" t="s">
         <v>339</v>
       </c>
-      <c r="B84" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>320</v>
+        <v>340</v>
       </c>
       <c r="F84" t="s">
-        <v>26</v>
+        <v>341</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="H84" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="D85" t="s">
-        <v>319</v>
+        <v>339</v>
       </c>
       <c r="E85" t="s">
-        <v>320</v>
+        <v>340</v>
       </c>
       <c r="F85" t="s">
-        <v>304</v>
+        <v>341</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="H85" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="D86" t="s">
-        <v>319</v>
+        <v>339</v>
       </c>
       <c r="E86" t="s">
-        <v>320</v>
+        <v>340</v>
       </c>
       <c r="F86" t="s">
-        <v>304</v>
+        <v>341</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>346</v>
+        <v>154</v>
       </c>
       <c r="H86" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>56</v>
+        <v>356</v>
       </c>
       <c r="D87" t="s">
-        <v>319</v>
+        <v>339</v>
       </c>
       <c r="E87" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>340</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="H87" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E88" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F88" t="s">
-        <v>223</v>
+        <v>341</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="H88" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="D89" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E89" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F89" t="s">
-        <v>52</v>
+        <v>341</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="H89" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="D90" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E90" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F90" t="s">
-        <v>206</v>
+        <v>341</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>154</v>
+        <v>368</v>
       </c>
       <c r="H90" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="D91" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E91" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F91" t="s">
-        <v>304</v>
+        <v>341</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="H91" t="s">
-        <v>361</v>
+        <v>372</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>362</v>
+        <v>373</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="D92" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E92" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F92" t="s">
-        <v>304</v>
+        <v>374</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>363</v>
+        <v>375</v>
       </c>
       <c r="H92" t="s">
-        <v>364</v>
+        <v>376</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>365</v>
+        <v>377</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="D93" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E93" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F93" t="s">
-        <v>304</v>
+        <v>206</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>366</v>
+        <v>378</v>
       </c>
       <c r="H93" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="D94" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E94" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F94" t="s">
-        <v>223</v>
+        <v>26</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="H94" t="s">
-        <v>370</v>
+        <v>382</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="D95" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E95" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F95" t="s">
-        <v>223</v>
+        <v>341</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>372</v>
+        <v>384</v>
       </c>
       <c r="H95" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="D96" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E96" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F96" t="s">
-        <v>304</v>
+        <v>341</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="H96" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>377</v>
+        <v>389</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>100</v>
+        <v>56</v>
       </c>
       <c r="D97" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E97" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F97" t="s">
-        <v>304</v>
+        <v>162</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>378</v>
+        <v>390</v>
       </c>
       <c r="H97" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>104</v>
+        <v>60</v>
       </c>
       <c r="D98" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E98" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F98" t="s">
-        <v>206</v>
+        <v>223</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="H98" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="D99" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E99" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F99" t="s">
-        <v>223</v>
+        <v>52</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
       <c r="H99" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>116</v>
+        <v>68</v>
       </c>
       <c r="D100" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E100" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F100" t="s">
-        <v>304</v>
+        <v>206</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>387</v>
+        <v>154</v>
       </c>
       <c r="H100" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>121</v>
+        <v>72</v>
       </c>
       <c r="D101" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E101" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F101" t="s">
-        <v>223</v>
+        <v>341</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>390</v>
+        <v>401</v>
       </c>
       <c r="H101" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>125</v>
+        <v>76</v>
       </c>
       <c r="D102" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E102" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F102" t="s">
-        <v>52</v>
+        <v>341</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="H102" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>133</v>
+        <v>80</v>
       </c>
       <c r="D103" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E103" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F103" t="s">
-        <v>304</v>
+        <v>341</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="H103" t="s">
-        <v>397</v>
+        <v>408</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>398</v>
+        <v>409</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>137</v>
+        <v>84</v>
       </c>
       <c r="D104" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E104" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>223</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>399</v>
+        <v>410</v>
       </c>
       <c r="H104" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>141</v>
+        <v>92</v>
       </c>
       <c r="D105" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E105" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F105" t="s">
-        <v>304</v>
+        <v>223</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>154</v>
+        <v>413</v>
       </c>
       <c r="H105" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>404</v>
+        <v>96</v>
       </c>
       <c r="D106" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E106" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F106" t="s">
-        <v>405</v>
+        <v>341</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="H106" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>149</v>
+        <v>100</v>
       </c>
       <c r="D107" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E107" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F107" t="s">
-        <v>304</v>
+        <v>341</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="H107" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>412</v>
+        <v>104</v>
       </c>
       <c r="D108" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E108" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F108" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="H108" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>153</v>
+        <v>112</v>
       </c>
       <c r="D109" t="s">
-        <v>319</v>
+        <v>360</v>
       </c>
       <c r="E109" t="s">
-        <v>320</v>
+        <v>361</v>
       </c>
       <c r="F109" t="s">
-        <v>31</v>
+        <v>223</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>154</v>
+        <v>425</v>
       </c>
       <c r="H109" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>10</v>
+        <v>116</v>
       </c>
       <c r="D110" t="s">
-        <v>418</v>
+        <v>360</v>
       </c>
       <c r="E110" t="s">
-        <v>419</v>
+        <v>361</v>
       </c>
       <c r="F110" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="H110" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="D111" t="s">
-        <v>418</v>
+        <v>360</v>
       </c>
       <c r="E111" t="s">
-        <v>419</v>
+        <v>361</v>
       </c>
       <c r="F111" t="s">
-        <v>333</v>
+        <v>223</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="H111" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="D112" t="s">
-        <v>418</v>
+        <v>360</v>
       </c>
       <c r="E112" t="s">
-        <v>419</v>
+        <v>361</v>
       </c>
       <c r="F112" t="s">
-        <v>333</v>
+        <v>52</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="H112" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="D113" t="s">
-        <v>418</v>
+        <v>360</v>
       </c>
       <c r="E113" t="s">
-        <v>419</v>
+        <v>361</v>
       </c>
       <c r="F113" t="s">
-        <v>429</v>
+        <v>341</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="H113" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>30</v>
+        <v>137</v>
       </c>
       <c r="D114" t="s">
-        <v>418</v>
+        <v>360</v>
       </c>
       <c r="E114" t="s">
-        <v>419</v>
+        <v>361</v>
       </c>
       <c r="F114" t="s">
-        <v>433</v>
+        <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="H114" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>35</v>
+        <v>141</v>
       </c>
       <c r="D115" t="s">
-        <v>418</v>
+        <v>360</v>
       </c>
       <c r="E115" t="s">
-        <v>419</v>
+        <v>361</v>
       </c>
       <c r="F115" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>437</v>
+        <v>154</v>
       </c>
       <c r="H115" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>10</v>
+        <v>145</v>
       </c>
       <c r="D116" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="E116" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="F116" t="s">
-        <v>162</v>
+        <v>341</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="H116" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>17</v>
+        <v>448</v>
       </c>
       <c r="D117" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="E117" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>449</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="H117" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>21</v>
+        <v>149</v>
       </c>
       <c r="D118" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="E118" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="F118" t="s">
-        <v>162</v>
+        <v>341</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="H118" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>25</v>
+        <v>456</v>
       </c>
       <c r="D119" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="E119" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="F119" t="s">
-        <v>117</v>
+        <v>223</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="H119" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>30</v>
+        <v>153</v>
       </c>
       <c r="D120" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="E120" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="F120" t="s">
-        <v>162</v>
+        <v>31</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="H120" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>35</v>
+        <v>166</v>
       </c>
       <c r="D121" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="E121" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>223</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="H121" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>39</v>
+        <v>170</v>
       </c>
       <c r="D122" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="E122" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="F122" t="s">
-        <v>162</v>
+        <v>223</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="H122" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>47</v>
+        <v>174</v>
       </c>
       <c r="D123" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="E123" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="F123" t="s">
-        <v>162</v>
+        <v>341</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="H123" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>51</v>
+        <v>181</v>
       </c>
       <c r="D124" t="s">
-        <v>440</v>
+        <v>360</v>
       </c>
       <c r="E124" t="s">
-        <v>441</v>
+        <v>361</v>
       </c>
       <c r="F124" t="s">
-        <v>466</v>
+        <v>31</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="H124" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="D125" t="s">
-        <v>440</v>
+        <v>475</v>
       </c>
       <c r="E125" t="s">
-        <v>441</v>
+        <v>476</v>
       </c>
       <c r="F125" t="s">
-        <v>206</v>
+        <v>374</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="H125" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="D126" t="s">
-        <v>440</v>
+        <v>475</v>
       </c>
       <c r="E126" t="s">
-        <v>441</v>
+        <v>476</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>374</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="H126" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>482</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>21</v>
+      </c>
+      <c r="D127" t="s">
         <v>475</v>
       </c>
-      <c r="B127" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E127" t="s">
-        <v>441</v>
+        <v>476</v>
       </c>
       <c r="F127" t="s">
-        <v>162</v>
+        <v>374</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="H127" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>478</v>
+        <v>485</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="D128" t="s">
-        <v>440</v>
+        <v>475</v>
       </c>
       <c r="E128" t="s">
-        <v>441</v>
+        <v>476</v>
       </c>
       <c r="F128" t="s">
-        <v>162</v>
+        <v>486</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="H128" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="D129" t="s">
-        <v>440</v>
+        <v>475</v>
       </c>
       <c r="E129" t="s">
-        <v>441</v>
+        <v>476</v>
       </c>
       <c r="F129" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
       <c r="H129" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="D130" t="s">
-        <v>440</v>
+        <v>475</v>
       </c>
       <c r="E130" t="s">
-        <v>441</v>
+        <v>476</v>
       </c>
       <c r="F130" t="s">
-        <v>162</v>
+        <v>374</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>154</v>
+        <v>494</v>
       </c>
       <c r="H130" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="D131" t="s">
-        <v>440</v>
+        <v>497</v>
       </c>
       <c r="E131" t="s">
-        <v>441</v>
+        <v>498</v>
       </c>
       <c r="F131" t="s">
         <v>162</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>488</v>
+        <v>499</v>
       </c>
       <c r="H131" t="s">
-        <v>489</v>
+        <v>500</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>490</v>
+        <v>501</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="D132" t="s">
-        <v>440</v>
+        <v>497</v>
       </c>
       <c r="E132" t="s">
-        <v>441</v>
+        <v>498</v>
       </c>
       <c r="F132" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>491</v>
+        <v>502</v>
       </c>
       <c r="H132" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
+        <v>21</v>
+      </c>
+      <c r="D133" t="s">
+        <v>497</v>
+      </c>
+      <c r="E133" t="s">
+        <v>498</v>
+      </c>
+      <c r="F133" t="s">
+        <v>162</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H133" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>507</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>25</v>
+      </c>
+      <c r="D134" t="s">
+        <v>497</v>
+      </c>
+      <c r="E134" t="s">
+        <v>498</v>
+      </c>
+      <c r="F134" t="s">
+        <v>117</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="H134" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>510</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>30</v>
+      </c>
+      <c r="D135" t="s">
+        <v>497</v>
+      </c>
+      <c r="E135" t="s">
+        <v>498</v>
+      </c>
+      <c r="F135" t="s">
+        <v>162</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H135" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>513</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>35</v>
+      </c>
+      <c r="D136" t="s">
+        <v>497</v>
+      </c>
+      <c r="E136" t="s">
+        <v>498</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H136" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>516</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>39</v>
+      </c>
+      <c r="D137" t="s">
+        <v>497</v>
+      </c>
+      <c r="E137" t="s">
+        <v>498</v>
+      </c>
+      <c r="F137" t="s">
+        <v>162</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H137" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>519</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>47</v>
+      </c>
+      <c r="D138" t="s">
+        <v>497</v>
+      </c>
+      <c r="E138" t="s">
+        <v>498</v>
+      </c>
+      <c r="F138" t="s">
+        <v>162</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="H138" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>522</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>51</v>
+      </c>
+      <c r="D139" t="s">
+        <v>497</v>
+      </c>
+      <c r="E139" t="s">
+        <v>498</v>
+      </c>
+      <c r="F139" t="s">
+        <v>523</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H139" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>526</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>56</v>
+      </c>
+      <c r="D140" t="s">
+        <v>497</v>
+      </c>
+      <c r="E140" t="s">
+        <v>498</v>
+      </c>
+      <c r="F140" t="s">
+        <v>206</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H140" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>529</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>60</v>
+      </c>
+      <c r="D141" t="s">
+        <v>497</v>
+      </c>
+      <c r="E141" t="s">
+        <v>498</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="H141" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>532</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>64</v>
+      </c>
+      <c r="D142" t="s">
+        <v>497</v>
+      </c>
+      <c r="E142" t="s">
+        <v>498</v>
+      </c>
+      <c r="F142" t="s">
+        <v>162</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H142" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>535</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>72</v>
+      </c>
+      <c r="D143" t="s">
+        <v>497</v>
+      </c>
+      <c r="E143" t="s">
+        <v>498</v>
+      </c>
+      <c r="F143" t="s">
+        <v>162</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H143" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>538</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>76</v>
+      </c>
+      <c r="D144" t="s">
+        <v>497</v>
+      </c>
+      <c r="E144" t="s">
+        <v>498</v>
+      </c>
+      <c r="F144" t="s">
+        <v>539</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H144" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>542</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>80</v>
+      </c>
+      <c r="D145" t="s">
+        <v>497</v>
+      </c>
+      <c r="E145" t="s">
+        <v>498</v>
+      </c>
+      <c r="F145" t="s">
+        <v>162</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H145" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>545</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>84</v>
+      </c>
+      <c r="D146" t="s">
+        <v>497</v>
+      </c>
+      <c r="E146" t="s">
+        <v>498</v>
+      </c>
+      <c r="F146" t="s">
+        <v>162</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="H146" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>548</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>88</v>
+      </c>
+      <c r="D147" t="s">
+        <v>497</v>
+      </c>
+      <c r="E147" t="s">
+        <v>498</v>
+      </c>
+      <c r="F147" t="s">
+        <v>162</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H147" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>551</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>92</v>
+      </c>
+      <c r="D148" t="s">
+        <v>497</v>
+      </c>
+      <c r="E148" t="s">
+        <v>498</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H148" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>554</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
         <v>10</v>
       </c>
-      <c r="D133" t="s">
-[...12 lines deleted...]
-        <v>498</v>
+      <c r="D149" t="s">
+        <v>555</v>
+      </c>
+      <c r="E149" t="s">
+        <v>556</v>
+      </c>
+      <c r="F149" t="s">
+        <v>557</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="H149" t="s">
+        <v>559</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5467,50 +6063,66 @@
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>