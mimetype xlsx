--- v1 (2025-12-01)
+++ v2 (2026-01-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1191" uniqueCount="560">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1240" uniqueCount="579">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1074,113 +1074,122 @@
   <si>
     <t>Cria cargos de provimento efetivo e de provimento em comissão e altera o número de vagas de cargos de provimento efetivo, de provimento em comissão e funções gratificadas constantes na Lei Complementar nº 63, de 30 de dezembro de 2009 e na Lei Complementar nº 92, de 10 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 184, de 01 de abril de 2025 que cria cargos de provimento efetivo e de provimento em comissão e altera o número de vagas de cargos de provimento efetivo, de provimento de comissão e funções gratificadas constantes na Lei Complementar nº 63, de 30 de dezembro de 2009 e na Lei Complementar nº 92, de 10 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 185, de 28 de maio de 2025 que criou cargos de provimento efetivo e de provimento em comissão e altera o número de vagas de cargos de provimento efetivo, de provimento de comissão e funções gratificadas constantes na Lei Complementar nº 63, de 30 de dezembro de 2009 e na Lei Complementar nº 92, de 10 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_no_006-2025.pdf</t>
+  </si>
+  <si>
     <t>Cria a Secretaria Municipal de Cultura e Turismo, altera a Lei Complementar nº 051/2008, Lei Complementar nº 094/2013, Lei nº 1.225/2011, Lei nº 1.186/2010, e dá outras providências.</t>
   </si>
   <si>
-    <t>975</t>
-[...8 lines deleted...]
-    <t>Teste</t>
+    <t>976</t>
+  </si>
+  <si>
+    <t>Waninha, Robertinho, Danilão da Funerária, e Branquinho</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plc_no_008-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o anexo VI da Lei Complementar nº 072/2010 e aumenta o vencimento do cargo em comissão de Secretário de Gabinete.</t>
+  </si>
+  <si>
+    <t>981</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_no_009-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 113, de 03 de novembro de 2015, para instituir a retribuição pecuniária (JETON) no âmbito do Instituto de Previdência de Buritis - IPREB, equiparar a remuneração dos diretores, e dá outras providências.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores municipais com remuneração equivalente ao salário mínimo e dá outras providências. Matéria Legislativa de iniciativa e autoria do Executivo Municipal, prefeito, Rufino Clóvis Folador.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste do piso salarial do magistério público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/836/pl_03-2025.pdf</t>
   </si>
   <si>
     <t>Concede aumento salarial ao quadro de prestadores de serviços em projetos e programas do Município de Buritis, Estado de Minas Gerais, considerando a correção pelo índice INPC e dá outras providencias.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/837/pl_04-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores públicos municipais para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>Waninha, Robertinho, Danilão da Funerária, e Branquinho</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pl_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos servidores públicos da Câmara Municipal de Buritis, na forma do inciso “X”, do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/863/pl_no_006-2025_festa_dona_margarida.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a realização da festividade tradicional denominada "Festa da Dona Margarida", realizada por ocasião da festa em honra e louvor a São Sebastião.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/866/pl_no_007-2025_u.p._ass._acougueiros.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Açougueiros de Buritis-AAB.</t>
   </si>
   <si>
     <t>867</t>
@@ -1341,50 +1350,53 @@
   <si>
     <t>Dispõe sobre o reconhecimento da validade indeterminada de laudo médico que comprove o diagnóstico de fibromialgia, no âmbito do Município de Buritis/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei 1.618, de 10 de março de 2025, para incluir a premiação do Campeonato de Vôlei de Quadra, e dá outras providências. De autoria do Executivo Municipal.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE SAÚDE MENTAL PREVENTIVA PARA OS PROFISSIONAIS DA EDUCAÇÃO DA REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/956/1_pl_no_32-2025.pdf</t>
+  </si>
+  <si>
     <t>CRIA O FUNDO MUNICIPAL PARA POLÍTICAS PENAIS.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/965/pl_033-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o triênio 2026-2029 e dá outras providências.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Professor Alencar Apolinário, Waninha</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a comemoração da Semana Farropilha.</t>
@@ -1434,50 +1446,68 @@
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/964/1_pl_no_041-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Mineira Artística Cultural de Buritis - AMAC.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/968/1_pl_no_042-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a padronização da identificação visual e as regras de operação do serviço de transporte individual de passageiros (táxi) no município de Buritis/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/972/1_pl_no_044-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação de Desenvolvimento, Produção e Comercialização Veredas da Campininha-ADPCVC.</t>
   </si>
   <si>
+    <t>978</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/978/pl_no_045-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 3º da Lei nº 1580 de 02 de abril de 2024, que fixa o subsídio dos agentes políticos do Município de Buritis para a Legislatura 2025-2028 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>979</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/979/pl_no_046-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a criar o Centro Municipal de Educação Infantil – CMEI no Bairro Residencial Extrema e dá outras providências.</t>
+  </si>
+  <si>
     <t>858</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona da Resolução Nº 322, de 17 de dezembro de 2019, com alterações promovidas pela Resolução Nº 338, de 16 de abril de 2020.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf</t>
   </si>
   <si>
     <t>Cria a função de confiança de Coordenador de Recursos Humanos.</t>
   </si>
   <si>
     <t>865</t>
@@ -1500,50 +1530,68 @@
   <si>
     <t>Acrescenta dispositivo no art. 83, da Resolução Nº 094/1998, que contém o Regimento Interno da Câmara Municipal de Buritis (MG).</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>Didé, Dr. Fernando, Geldo da Mariquita</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pr_no_005-2025.pdf</t>
   </si>
   <si>
     <t>Rejeita as contas do Executivo Municipal de Buritis-MG, Exercício 2019, nos termos da fundamentação do parecer da comissão de finanças, orçamento e tomada de contas da Câmara Municipal de Buritis-MG</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pre_no_006-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Ouvidoria do Legislativo, no âmbito da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
+    <t>977</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/977/pr_no_007-2025_ven_sec._procon.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 3º da Resolução nº 305 de 04 de maio de 2017, aumenta o vencimento do cargo em Comissão de Secretário de PROCON e revoga a Resolução nº 345 de dezembro de 2021.</t>
+  </si>
+  <si>
+    <t>980</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/980/pr_no_008-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a baixa de bens patrimoniais inservíveis do Poder Legislativo de Buritis-MG, e dá outras providênicas.</t>
+  </si>
+  <si>
     <t>828</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/828/req_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, por intermédio do Secretário Municipal de Fazenda, informações acerca da execução das emendas individuais ao Orçamento de 2024.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/829/req_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, por intermédio do Secretário Municipal de Obras Públicas, cópia integral da concorrência pública eletrônica nº 07/2024 realizada para contratação de empresa para realização de obra de recapeamento asfáltico nas Avenidas Central e Bandeirantes da sede de Buritis.</t>
   </si>
   <si>
     <t>855</t>
@@ -1615,50 +1663,59 @@
     <t>908</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_no_011-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, por intermédio da Secretaria de Administração, informações acerca da nomeação e posse dos aprovados no concurso público para o cargo de motorista e dá outras providências.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no_012-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, a relação dos terrenos(lotes) públicos dominicais vagos(sem edificação) com o mapeamento e o detalhamento por Bairros, ruas e quadras.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal o envio do Plano Diretor do Município na íntegra, visando o acompanhamento e análise das diretrizes de planejamento urbano e desenvolvimento municipal.</t>
+  </si>
+  <si>
+    <t>982</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/982/requerimento_no_014-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer da Secretaria Municipal de Educação as informações que menciona.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal as informações que menciona.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>Harley Prisco, Robertinho, Waninha</t>
   </si>
   <si>
     <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf</t>
   </si>
   <si>
     <t>Requerem do Prefeito Municipal, por intermédio de sua secretaria competente as providências que menciona.</t>
   </si>
   <si>
     <t>957</t>
   </si>
@@ -2037,56 +2094,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/830/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/834/idicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/969/1_indicacao_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/960/1_indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/961/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/963/1_indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/962/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/973/1_indicacao_no_81-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/974/1_indicacao_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/912/mocao_de_reconhecimento-wania-garis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/932/plc_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/879/plc_no_002-2025_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/975/pl_045-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/836/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/837/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pl_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/863/pl_no_006-2025_festa_dona_margarida.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/866/pl_no_007-2025_u.p._ass._acougueiros.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/867/pl_no_008-2025_premiacoes_esportivas.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/887/pl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/875/pl_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/904/pl_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/889/pl_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/893/pl_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/907/pl_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pl_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/902/pl_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pl_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pl_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pl_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/940/pl_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pl_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/965/pl_033-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pl_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/949/pl_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/953/pl_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/959/1_pl_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/964/1_pl_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/968/1_pl_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/972/1_pl_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pr_no_003-2025_libras.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pr_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pr_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pre_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/828/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/829/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/855/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/856/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/970/1_requerimento_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pelom_no_001-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/830/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/834/idicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/969/1_indicacao_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/960/1_indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/961/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/963/1_indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/962/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/973/1_indicacao_no_81-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/974/1_indicacao_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/912/mocao_de_reconhecimento-wania-garis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/932/plc_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/879/plc_no_002-2025_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plc_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/836/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/837/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pl_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/863/pl_no_006-2025_festa_dona_margarida.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/866/pl_no_007-2025_u.p._ass._acougueiros.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/867/pl_no_008-2025_premiacoes_esportivas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/887/pl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/875/pl_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/904/pl_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/889/pl_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/893/pl_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/907/pl_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pl_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/902/pl_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pl_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pl_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pl_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/940/pl_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pl_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/956/1_pl_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/965/pl_033-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pl_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/949/pl_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/953/pl_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/959/1_pl_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/964/1_pl_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/968/1_pl_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/972/1_pl_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/978/pl_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/979/pl_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pr_no_003-2025_libras.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pr_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pr_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pre_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/977/pr_no_007-2025_ven_sec._procon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/980/pr_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/828/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/829/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/855/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/856/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/982/requerimento_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/970/1_requerimento_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pelom_no_001-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H149"/>
+  <dimension ref="A1:H155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4288,1689 +4345,1848 @@
       </c>
       <c r="H85" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>353</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>35</v>
       </c>
       <c r="D86" t="s">
         <v>339</v>
       </c>
       <c r="E86" t="s">
         <v>340</v>
       </c>
       <c r="F86" t="s">
         <v>341</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>154</v>
+        <v>354</v>
       </c>
       <c r="H86" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>356</v>
+        <v>43</v>
       </c>
       <c r="D87" t="s">
         <v>339</v>
       </c>
       <c r="E87" t="s">
         <v>340</v>
       </c>
+      <c r="F87" t="s">
+        <v>357</v>
+      </c>
       <c r="G87" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H87" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="D88" t="s">
-        <v>360</v>
+        <v>339</v>
       </c>
       <c r="E88" t="s">
-        <v>361</v>
+        <v>340</v>
       </c>
       <c r="F88" t="s">
         <v>341</v>
       </c>
       <c r="G88" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H88" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>363</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>10</v>
+      </c>
+      <c r="D89" t="s">
         <v>364</v>
       </c>
-      <c r="B89" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E89" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F89" t="s">
         <v>341</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H89" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D90" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E90" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F90" t="s">
         <v>341</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H90" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D91" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E91" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F91" t="s">
         <v>341</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H91" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D92" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E92" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F92" t="s">
-        <v>374</v>
+        <v>341</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H92" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>377</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D93" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E93" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F93" t="s">
-        <v>206</v>
+        <v>357</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>378</v>
       </c>
       <c r="H93" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>380</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D94" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E94" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F94" t="s">
-        <v>26</v>
+        <v>206</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>381</v>
       </c>
       <c r="H94" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>383</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D95" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E95" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F95" t="s">
-        <v>341</v>
+        <v>26</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H95" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>386</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D96" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E96" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F96" t="s">
         <v>341</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>387</v>
       </c>
       <c r="H96" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>389</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D97" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E97" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F97" t="s">
-        <v>162</v>
+        <v>341</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H97" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>392</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D98" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E98" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F98" t="s">
-        <v>223</v>
+        <v>162</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>393</v>
       </c>
       <c r="H98" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>395</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D99" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E99" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F99" t="s">
-        <v>52</v>
+        <v>223</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>396</v>
       </c>
       <c r="H99" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>398</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D100" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E100" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F100" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>154</v>
+        <v>399</v>
       </c>
       <c r="H100" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D101" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E101" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F101" t="s">
-        <v>341</v>
+        <v>206</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>401</v>
+        <v>154</v>
       </c>
       <c r="H101" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>403</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D102" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E102" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F102" t="s">
         <v>341</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>404</v>
       </c>
       <c r="H102" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>406</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D103" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E103" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F103" t="s">
         <v>341</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>407</v>
       </c>
       <c r="H103" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>409</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D104" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E104" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F104" t="s">
-        <v>223</v>
+        <v>341</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>410</v>
       </c>
       <c r="H104" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>412</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D105" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E105" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F105" t="s">
         <v>223</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>413</v>
       </c>
       <c r="H105" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>415</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D106" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E106" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F106" t="s">
-        <v>341</v>
+        <v>223</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>416</v>
       </c>
       <c r="H106" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>418</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D107" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E107" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F107" t="s">
         <v>341</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>419</v>
       </c>
       <c r="H107" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>421</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D108" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E108" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F108" t="s">
-        <v>206</v>
+        <v>341</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>422</v>
       </c>
       <c r="H108" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>424</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="D109" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E109" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F109" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>425</v>
       </c>
       <c r="H109" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>427</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D110" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E110" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F110" t="s">
-        <v>341</v>
+        <v>223</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H110" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>430</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D111" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E111" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F111" t="s">
-        <v>223</v>
+        <v>341</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>431</v>
       </c>
       <c r="H111" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>433</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D112" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E112" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F112" t="s">
-        <v>52</v>
+        <v>223</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>434</v>
       </c>
       <c r="H112" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>436</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D113" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E113" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F113" t="s">
-        <v>341</v>
+        <v>52</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>437</v>
       </c>
       <c r="H113" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>439</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D114" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E114" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>440</v>
       </c>
       <c r="H114" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>442</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D115" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E115" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F115" t="s">
-        <v>341</v>
+        <v>13</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>154</v>
+        <v>443</v>
       </c>
       <c r="H115" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D116" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E116" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F116" t="s">
         <v>341</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H116" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>448</v>
+        <v>145</v>
       </c>
       <c r="D117" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E117" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F117" t="s">
+        <v>341</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="G117" s="1" t="s">
+      <c r="H117" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>451</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
         <v>452</v>
       </c>
-      <c r="B118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D118" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E118" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F118" t="s">
-        <v>341</v>
+        <v>453</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="H118" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>456</v>
+        <v>149</v>
       </c>
       <c r="D119" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E119" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F119" t="s">
-        <v>223</v>
+        <v>341</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>457</v>
       </c>
       <c r="H119" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>459</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>153</v>
+        <v>460</v>
       </c>
       <c r="D120" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E120" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F120" t="s">
-        <v>31</v>
+        <v>223</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H120" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="D121" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E121" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F121" t="s">
-        <v>223</v>
+        <v>31</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="H121" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D122" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E122" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F122" t="s">
         <v>223</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H122" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D123" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E123" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F123" t="s">
-        <v>341</v>
+        <v>223</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H123" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="D124" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E124" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F124" t="s">
-        <v>31</v>
+        <v>341</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H124" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>10</v>
+        <v>181</v>
       </c>
       <c r="D125" t="s">
-        <v>475</v>
+        <v>364</v>
       </c>
       <c r="E125" t="s">
+        <v>365</v>
+      </c>
+      <c r="F125" t="s">
+        <v>31</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="F125" t="s">
-[...2 lines deleted...]
-      <c r="G125" s="1" t="s">
+      <c r="H125" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>478</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>186</v>
+      </c>
+      <c r="D126" t="s">
+        <v>364</v>
+      </c>
+      <c r="E126" t="s">
+        <v>365</v>
+      </c>
+      <c r="F126" t="s">
+        <v>341</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B126" t="s">
-[...14 lines deleted...]
-      <c r="G126" s="1" t="s">
+      <c r="H126" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>481</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>190</v>
+      </c>
+      <c r="D127" t="s">
+        <v>364</v>
+      </c>
+      <c r="E127" t="s">
+        <v>365</v>
+      </c>
+      <c r="F127" t="s">
+        <v>341</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="B127" t="s">
-[...14 lines deleted...]
-      <c r="G127" s="1" t="s">
+      <c r="H127" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>484</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>10</v>
+      </c>
+      <c r="D128" t="s">
         <v>485</v>
       </c>
-      <c r="B128" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E128" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="F128" t="s">
-        <v>486</v>
+        <v>357</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>487</v>
       </c>
       <c r="H128" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>489</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D129" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="E129" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="F129" t="s">
+        <v>357</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="G129" s="1" t="s">
+      <c r="H129" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>492</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>21</v>
+      </c>
+      <c r="D130" t="s">
+        <v>485</v>
+      </c>
+      <c r="E130" t="s">
+        <v>486</v>
+      </c>
+      <c r="F130" t="s">
+        <v>357</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="B130" t="s">
-[...14 lines deleted...]
-      <c r="G130" s="1" t="s">
+      <c r="H130" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>495</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>25</v>
+      </c>
+      <c r="D131" t="s">
+        <v>485</v>
+      </c>
+      <c r="E131" t="s">
+        <v>486</v>
+      </c>
+      <c r="F131" t="s">
         <v>496</v>
       </c>
-      <c r="B131" t="s">
-[...5 lines deleted...]
-      <c r="D131" t="s">
+      <c r="G131" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="E131" t="s">
+      <c r="H131" t="s">
         <v>498</v>
-      </c>
-[...7 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>499</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>30</v>
+      </c>
+      <c r="D132" t="s">
+        <v>485</v>
+      </c>
+      <c r="E132" t="s">
+        <v>486</v>
+      </c>
+      <c r="F132" t="s">
+        <v>500</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B132" t="s">
-[...14 lines deleted...]
-      <c r="G132" s="1" t="s">
+      <c r="H132" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>503</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>35</v>
+      </c>
+      <c r="D133" t="s">
+        <v>485</v>
+      </c>
+      <c r="E133" t="s">
+        <v>486</v>
+      </c>
+      <c r="F133" t="s">
+        <v>357</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B133" t="s">
-[...14 lines deleted...]
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>506</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>39</v>
+      </c>
+      <c r="D134" t="s">
+        <v>485</v>
+      </c>
+      <c r="E134" t="s">
+        <v>486</v>
+      </c>
+      <c r="F134" t="s">
+        <v>357</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="B134" t="s">
-[...14 lines deleted...]
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>509</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>43</v>
+      </c>
+      <c r="D135" t="s">
+        <v>485</v>
+      </c>
+      <c r="E135" t="s">
+        <v>486</v>
+      </c>
+      <c r="F135" t="s">
+        <v>357</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="B135" t="s">
-[...14 lines deleted...]
-      <c r="G135" s="1" t="s">
+      <c r="H135" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>512</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>10</v>
+      </c>
+      <c r="D136" t="s">
         <v>513</v>
       </c>
-      <c r="B136" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E136" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H136" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D137" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E137" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F137" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H137" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D138" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E138" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F138" t="s">
         <v>162</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="H138" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="D139" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E139" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F139" t="s">
-        <v>523</v>
+        <v>117</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>524</v>
       </c>
       <c r="H139" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>526</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="D140" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E140" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F140" t="s">
-        <v>206</v>
+        <v>162</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>527</v>
       </c>
       <c r="H140" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>529</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="D141" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E141" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>530</v>
       </c>
       <c r="H141" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>532</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="D142" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E142" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F142" t="s">
         <v>162</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>533</v>
       </c>
       <c r="H142" t="s">
         <v>534</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>535</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="D143" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E143" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F143" t="s">
         <v>162</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>536</v>
       </c>
       <c r="H143" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>538</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="D144" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E144" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F144" t="s">
         <v>539</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>540</v>
       </c>
       <c r="H144" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>542</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="D145" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E145" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F145" t="s">
-        <v>162</v>
+        <v>206</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>543</v>
       </c>
       <c r="H145" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>545</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="D146" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E146" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F146" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>546</v>
       </c>
       <c r="H146" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>548</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="D147" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E147" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F147" t="s">
         <v>162</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>549</v>
       </c>
       <c r="H147" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>551</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="D148" t="s">
-        <v>497</v>
+        <v>513</v>
       </c>
       <c r="E148" t="s">
-        <v>498</v>
+        <v>514</v>
       </c>
       <c r="F148" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>552</v>
       </c>
       <c r="H148" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>554</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
+        <v>72</v>
+      </c>
+      <c r="D149" t="s">
+        <v>513</v>
+      </c>
+      <c r="E149" t="s">
+        <v>514</v>
+      </c>
+      <c r="F149" t="s">
+        <v>162</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H149" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>557</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>76</v>
+      </c>
+      <c r="D150" t="s">
+        <v>513</v>
+      </c>
+      <c r="E150" t="s">
+        <v>514</v>
+      </c>
+      <c r="F150" t="s">
+        <v>558</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H150" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>561</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>80</v>
+      </c>
+      <c r="D151" t="s">
+        <v>513</v>
+      </c>
+      <c r="E151" t="s">
+        <v>514</v>
+      </c>
+      <c r="F151" t="s">
+        <v>162</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="H151" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>564</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>84</v>
+      </c>
+      <c r="D152" t="s">
+        <v>513</v>
+      </c>
+      <c r="E152" t="s">
+        <v>514</v>
+      </c>
+      <c r="F152" t="s">
+        <v>162</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H152" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>567</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>88</v>
+      </c>
+      <c r="D153" t="s">
+        <v>513</v>
+      </c>
+      <c r="E153" t="s">
+        <v>514</v>
+      </c>
+      <c r="F153" t="s">
+        <v>162</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H153" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>570</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>92</v>
+      </c>
+      <c r="D154" t="s">
+        <v>513</v>
+      </c>
+      <c r="E154" t="s">
+        <v>514</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H154" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>573</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
         <v>10</v>
       </c>
-      <c r="D149" t="s">
-[...12 lines deleted...]
-        <v>559</v>
+      <c r="D155" t="s">
+        <v>574</v>
+      </c>
+      <c r="E155" t="s">
+        <v>575</v>
+      </c>
+      <c r="F155" t="s">
+        <v>576</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H155" t="s">
+        <v>578</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6079,50 +6295,56 @@
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>