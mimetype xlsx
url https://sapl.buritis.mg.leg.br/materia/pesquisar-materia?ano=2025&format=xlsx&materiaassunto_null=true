--- v2 (2026-01-16)
+++ v3 (2026-03-15)
@@ -10,1784 +10,1832 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1240" uniqueCount="579">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1280" uniqueCount="595">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professor Alencar Apolinário</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/830/ind_01-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/830/ind_01-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo proceder com a manutenção das estradas que ligam  a sede de Buritis à Vila Rosa e Vila São Vicente.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_02-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_02-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo providenciar a manutenção da iluminação pública na comunidade do Para Terra Boa Esperança, situado na região da Vila Rosa.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_03-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_03-2025.pdf</t>
   </si>
   <si>
     <t>sugere ao Poder Executivo que adeque os contratos temporários dos professores e demais servidores da educação, fixando clausula de vigência até o último dia útil do ano, de forma ininterrupta.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Harley Prisco</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_04-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_04-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal a Promoção da Regularização Fundiária dos Imóveis Situados na Zona Urbana e Rural do Município de Buritis/MG.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Danilão da Funerária</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/834/idicacao_05-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/834/idicacao_05-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, através da Secretaria de Educação e Secretaria de Saúde, a obrigatoriedade da realização do exame de acuidade visual no início de cada ano letivo para todos os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_06-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_06-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo providenciar a construção de redutor de velocidade (quebra-molas), no trecho compreendido na Avenida Minas Gerais, próximo a esquina com a Rua Salinas, no bairro Veredas.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_07-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo providenciar a instalação de Containers (lixeiras) nos locais que menciona, no bairro Veredas.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_08-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a troca de lâmpadas convencionais por lâmpadas de LED, para a Avenida São Vicente Bairro Taboquinha.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_09-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_09-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar através da Secretaria de Obras, a construção de uma praça pública, iluminada, e a limpeza no playground do Bairro Taboquinha.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_10-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_10-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a implantação de Aulas gratuitas de Dança/Zumba no Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_no_11-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_no_11-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar que viabilize a instalação de lâmpadas de LED na Avenida Bias Fortes.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_no_12-2026.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_no_12-2026.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar que viabilize a instalação de lâmpadas de LED no bairro Taboquinha.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_no_13-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a implantação de uma escolinha de futebol com aulas gratuitas no Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_14-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_14-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Municipal providenciar a implantação de Aulas gratuitas de música e violão no Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_15-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_15-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Municipal que disponibilize sinal de rede Wi-fi nas praças Públicas do município.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_16-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_16-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Municipal providenciar a implementação de um CENTRO ESPECIALIZADO EM EMODIÁLISE E DIÁLISE NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_17-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_17-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Municipal providenciar a que viabilize a instalação de wi-fi via satélite nos ônibus universitários do município.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_18-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_18-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Municipal providenciar a implantação do programa social de distribuição de pão e leite para as famílias carentes do município, incluindo Distrito de São Pedro do Passa Três e demais vilas da região.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_no_19-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_no_19-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Municipal providenciar a contratação de médico especialista em reumatologia.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_no_20-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_no_20-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Municipal a implantação do “programa desjejum” (café da manhã) nas escolas municipais da zona rural, com extensão para as escolas da zona urbana.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_21-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_21-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal e ao Secretário Municipal de Obras Públicas, para que providencie, a manutenção do asfalto na Rua Cristóvão Colombo próximo a residência nº 452, no Bairro Taboquinha. Desde já agradeço.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_22-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_22-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal e ao Secretário Municipal de Obras Públicas, para que providencie, o asfaltamento que liga a Avenida Central e a Rua Mangabeira, no Bairro Jardim.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_023-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_023-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal e ao Secretário Municipal de Obras Públicas, para que providencie a poda das arvores da Rua 31 de Março com a Rua Floresta.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_024-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_024-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal e ao secretário Municipal de Obras públicas, para que providencie, a manutenção da iluminação Pública na rua Princesa Isabel ,nº 269 no Bairro Taboquinha. Desde já agradeço.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_025-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_025-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal juntamente com a secretaria de saúde providenciar uma Ambulância para Vila Serrana.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Dr. Fernando</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_no_26-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_no_26-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, por intermédio da secretaria competente providenciar o encascalhamento das ruas da Vila São Vicente.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_no_27-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_no_27-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, por intermédio de sua secretaria competente, providenciar com URGÊNCIA a manutenção da iluminação pública, bem como a instalação de lâmpadas de LED nas vias da Vila São Vicente.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_28-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_28-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, providenciar a manutenção da iluminação Pública da Vila Palmeira.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_29-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_29-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, providenciar a ampliação da iluminação pública (completar as hastes) no Para Terra Taquaril.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_30-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_30-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Secretário Municipal de Obras Públicas, para que providencie o corre mão ou proteção sobre a ponte do córrego EXTREMA. Na estrada dos Queiroz e outros onde moram 19 famílias.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_31-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_31-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal juntamente com a secretaria de saúde, uma Farmácia móvel para Zona Rural.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_032-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_032-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, providenciar a construção de redutor de velocidade (quebra-molas), na Rua Américo Vespúcio com esquina com a Rua Castro Alves no Bairro Taboquinha.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_no_33-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_no_33-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a que viabilize a instalação de lâmpadas de LED nas ruas que cercam o campo de futebol, popular buracão.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_no_035-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_no_035-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que implante a extensão da Escola de Futebol Municipal, no Distrito de São Pedro do Passa Três e no Distrito de Serra Bonita.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_no_037-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a implantação da extensão da pista de caminhada na Avenida Bias Fortes com sentido rumo as proximidades do Posto de gasolina Beira Rio.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_038-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_038-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a implantação de Guarda Municipal.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_039-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_039-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo que seja criado o transporte público municipal de passageiros.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_no_040-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_no_040-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, providenciar a construção de redutor de velocidade ou (quebra-molas), na Rua Araxá com a Rua Floresta no Bairro Veredas.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_041-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_041-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo, por intermédio de sua secretaria competente, avaliar a possibilidade de implantação do sistema de telemedicina na rede pública municipal de saúde de Buritis.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
+    <t>http://sapl.buritis.mg.leg.br/media/</t>
+  </si>
+  <si>
     <t>Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, providenciar a construção de redutor de velocidade ou (quebra-molas), na Avenida Minas Gerais com a Rua Trinta e Um de Março no Bairro Veredas.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_043-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_043-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a instalação de um quebra-molas na Rua Marechal Deodoro, próximo ao Mercado Ideal.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Robertinho, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_044-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_044-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo que seja estudado a viabilização da criação da Secretária Municipal da Mulher. De autoria dos vereadores: Wania e Robertinho.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_no_45-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_no_45-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal e Secretário Municipal de Obras Públicas, providenciar o recapeamento da pista de caminhada na Avenida Central do Bairro Jardim até a Avenida Pedro Valadares Versiane.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_046-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_046-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal e Secretário Municipal de Obras Públicas, providenciar a construção de redutor de velocidade ou (quebra-molas), na Avenida São Vicente com a Avenida Pedro Valadares Versiane no Bairro Planalto.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar o recapeamento da Rua Ceará, devido a deterioração do asfalto, além de melhorias nos quebra-molas.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_no_48-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_no_48-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar o levantamento e cascalhamento da Avenida das Acácias do Bairro Planalto.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no_049-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no_049-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal e Secretário Municipal de Obras Públicas, providenciar a implantação de um poste de energia com lâmpada, na Rua Américo, Vespúcio, Nº 20 próximo a Avenida São Vicente, Taboquinha.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Robertinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_050-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_050-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo que institua a denominação na Capela de Velório Municipal, de “Capela de Velório Municipal Dona Erenita Cardoso de Araújo”.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_051-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_051-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo que instale fitas reflexivas nos containers de Entulhos e containers de Lixeiras públicas.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no_52-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no_52-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, fiscalizar, notificar os donos dos lotes vagos da cidade (roçar e limpar). Fazendo a limpeza e cobrando dos donos.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_053-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_053-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar setor de industrias e oficinas.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_054-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_054-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo que avalie a possibilidade de doar o terreno que menciona para a Associação da Terceira Idades Alegria de Viver.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_055-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_055-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, providenciar a construção de redutor de velocidade ou (quebra-molas), na Rua Frei Pio Bars de frente o lote da prefeitura.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_no_56-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_no_56-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo para que promova anualmente o Dia “D” do Diabético, com atividades informativas, orientações médicas, aferições de glicemia, rodas de conversa, entre outras ações voltadas ao cuidado e bem estar dos cidadãos diabéticos.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no_57-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no_57-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar apoio ao projeto de lei que promova o acesso ao sensor FreeStyle Libre 1 para pessoas com diabetes tipo I.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_58-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_58-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar a instalação de faixas de pedestre, especialmente em frente às escolas e mercados.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_060-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_060-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar implantação de um campo society na Vila Serrana.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_060-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_060-2025.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo através da Secretaria de Obras providenciar mais contêiner nos bairros.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_no_61-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_no_61-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a criação de um Departamento denominado “Terceiro Setor”, com estrutura administrativa própria e que disponha de assessoria jurídica e contábil gratuita para atendimento direto aos presidentes e representantes de associações do Município de Buritis.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo a destinação de 30% dos recursos captados por meio das Leis de Incentivo à Culutra - como a Lei Rouanet e a Lei Paulo Gustavo / Aldir Blanc para os artistas locais do município.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/969/1_indicacao_no_63-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/969/1_indicacao_no_63-2025.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo, através da Secretaria de Esportes a Implantação de um Centro Esportivo em parte da área denominada “Campo do Buritis”, localizado no Bairro Veredas.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no_64-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no_64-2025.pdf</t>
   </si>
   <si>
     <t>Indicação sugerindo ao Executivo a implantação de Iluminação nos bairros Taboquinha e Extrema na cidade de Buritis.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no_065-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no_065-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo a implantação do programa Brasil Alfabetizado no Distrito de São Pedro Passa Três.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no_066-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no_066-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal implantar as linhas rurais e urbanas do transporte coletivo.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_no_067-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_no_067-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar cercamento do Canil Municipal.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_068-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_068-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, o pedido de uma quadra poliesportivo visando a necessidade da comunidade Vila Palmeira.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_069-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_069-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal para que, por meio das Secretarias de Educação e Finanças, avalie a viabilidade legal e orçamentária de conceder 14º salário aos profissionais da educação pública, ou, alternativamente, realizar o rateio das sobras do FUNDEB, conforme previsto na legislação vigente.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_070-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_070-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito que seja constituída comissão interna com a finalidade de promover a atualização do Estatuto dos Servidores Públicos Municipais (LC n.º 02/2002); bem como a revisão e atualização do Plano de Cargos e Salários dos Profissionais do Magistério (LC n.º 63/2009), assegurando maior valorização dos servidores públicos, em especial dos profissionais da educação.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_071-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_071-2025.pdf</t>
   </si>
   <si>
     <t>Sugerindo ao Excelentíssimo Senhor Prefeito Municipal a adoção da seguinte medida, inclusive, através de legislação especícifica.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_072-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_072-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que realize uma limpeza geral na Praça 07 de Setembro, no bairro Canaã.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_073-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_073-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo a firmar parcerias com o SENAI/MG e outros atores, para ofertar cursos de pedreiro, pintor, mecânica e outros nos Distritos do Município de Buritis.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_no_074-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_no_074-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar apoio a aquisição de equipamentos para apagar fogo em incêndios florestais.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/960/1_indicacao_no_075-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/960/1_indicacao_no_075-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Prefeito Municipal providenciar apoio a criação de uma brigada de incêndio em nosso município.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/961/1_indicacao_no_076-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/961/1_indicacao_no_076-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo providenciar a disponibilização de rede wi-fi, para os usuários dos Postos de Saúde da Família-PSF, no município.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/963/1_indicacao_no_077-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/963/1_indicacao_no_077-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo providenciar a construção de redutor de velocidade(quebra-molas), no trecho compreendido na Avenida Brasília-bairro Veredas até a altura Avenida Brasília no Bairro Ipês.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/962/1_indicacao_no_076-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/962/1_indicacao_no_076-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo que providencie a construção de uma quadra poliesportiva na comunidade Palmeira.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_no_080-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_no_080-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo e Secretaria de Educação, que as designações para contrato em cargo de substituição e cargo vago seja realizado no mês de dezembro ou na última semana de janeiro. Sendo fixado a data com antecedência de trinta dias.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/973/1_indicacao_no_81-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/973/1_indicacao_no_81-2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a instituição de Programa Municipal de Incentivo à Pós-Graduação e à Pesquisa para os Profissionais do Magistério da Rede Pública Municipal de Educação.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/974/1_indicacao_no_082-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/974/1_indicacao_no_082-2025.pdf</t>
   </si>
   <si>
     <t>– Sugere ao Poder Executivo e Secretário Municipal de Obras Públicas, o pedido do asfaltamento que liga o Bairro Taboquinha ao Bairro Jardim na Rua Adão Viana.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/912/mocao_de_reconhecimento-wania-garis.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/912/mocao_de_reconhecimento-wania-garis.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso e Reconhecimento aos garis do Município de Buritis-MG.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Rufino Clóvis Folador</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/932/plc_no_001-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/932/plc_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilidade compartilhada pelo manejo dos resíduos sólidos urbanos e a taxa de coleta, transporte, tratamento e destinação final ambientalmente adequada de resíduos sólidos domiciliares (TRSD), e dá outras providências.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/879/plc_no_002-2025_cria_cargos.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/879/plc_no_002-2025_cria_cargos.pdf</t>
   </si>
   <si>
     <t>Cria cargos de provimento efetivo e de provimento em comissão e altera o número de vagas de cargos de provimento efetivo, de provimento em comissão e funções gratificadas constantes na Lei Complementar nº 63, de 30 de dezembro de 2009 e na Lei Complementar nº 92, de 10 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 184, de 01 de abril de 2025 que cria cargos de provimento efetivo e de provimento em comissão e altera o número de vagas de cargos de provimento efetivo, de provimento de comissão e funções gratificadas constantes na Lei Complementar nº 63, de 30 de dezembro de 2009 e na Lei Complementar nº 92, de 10 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 185, de 28 de maio de 2025 que criou cargos de provimento efetivo e de provimento em comissão e altera o número de vagas de cargos de provimento efetivo, de provimento de comissão e funções gratificadas constantes na Lei Complementar nº 63, de 30 de dezembro de 2009 e na Lei Complementar nº 92, de 10 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_no_006-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_no_006-2025.pdf</t>
   </si>
   <si>
     <t>Cria a Secretaria Municipal de Cultura e Turismo, altera a Lei Complementar nº 051/2008, Lei Complementar nº 094/2013, Lei nº 1.225/2011, Lei nº 1.186/2010, e dá outras providências.</t>
   </si>
   <si>
+    <t>991</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/991/plc_no_007-2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI COMPLEMENTAR Nº 038 DE 28 DE AGOSTO DE 2007, A LEI COMPLEMENTAR Nº 063 DE 30 DE DEZEMBRO DE 2009 E A LEI COMPLEMENTAR Nº 092 DE 10 DE DEZEMBRO DE 2013, PARA CRIAR CARGOS COMISSIONADOS, ALTERAR VENCIMENTOS DE CARGOS COMISSIONADOS E DE PROVIMENTO EFETIVO, ALTERAR NÚMERO DE VAGAS DE CARGOS COMISSIONADOS E DE PROVIMENTO EFETIVO, ALTERAR NOMENCLATURAS DE CARGOS COMISSIONADOS E DE PROVIMENTO EFETIVO, CRIAR CARREIRAS PARA CARGOS DE PROVIMENTO EFETIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>976</t>
   </si>
   <si>
     <t>Waninha, Robertinho, Danilão da Funerária, e Branquinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plc_no_008-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plc_no_008-2025.pdf</t>
   </si>
   <si>
     <t>Altera o anexo VI da Lei Complementar nº 072/2010 e aumenta o vencimento do cargo em comissão de Secretário de Gabinete.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_no_009-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_no_009-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 113, de 03 de novembro de 2015, para instituir a retribuição pecuniária (JETON) no âmbito do Instituto de Previdência de Buritis - IPREB, equiparar a remuneração dos diretores, e dá outras providências.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores municipais com remuneração equivalente ao salário mínimo e dá outras providências. Matéria Legislativa de iniciativa e autoria do Executivo Municipal, prefeito, Rufino Clóvis Folador.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste do piso salarial do magistério público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/836/pl_03-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/836/pl_03-2025.pdf</t>
   </si>
   <si>
     <t>Concede aumento salarial ao quadro de prestadores de serviços em projetos e programas do Município de Buritis, Estado de Minas Gerais, considerando a correção pelo índice INPC e dá outras providencias.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/837/pl_04-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/837/pl_04-2025.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores públicos municipais para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pl_no_05-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pl_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos dos servidores públicos da Câmara Municipal de Buritis, na forma do inciso “X”, do Art. 37, da Constituição da República Federativa do Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/863/pl_no_006-2025_festa_dona_margarida.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/863/pl_no_006-2025_festa_dona_margarida.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a realização da festividade tradicional denominada "Festa da Dona Margarida", realizada por ocasião da festa em honra e louvor a São Sebastião.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/866/pl_no_007-2025_u.p._ass._acougueiros.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/866/pl_no_007-2025_u.p._ass._acougueiros.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Açougueiros de Buritis-AAB.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/867/pl_no_008-2025_premiacoes_esportivas.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/867/pl_no_008-2025_premiacoes_esportivas.pdf</t>
   </si>
   <si>
     <t>Altera o caput e os incisos do artigo 1º da Lei nº 1.298, de 27 de fevereiro de 2014, que autoriza o Poder Executivo Municipal a realizar e conceder premiações nas competições espottivas oficiais promovidas pela Secretaria Municipal da Juventude, Esporte, Lazer e Turismo - SEJELT, e dá outras providências.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/887/pl_no_009-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/887/pl_no_009-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a participação do município de Buritis/MG no CONSÓRCIO INTERMUNICIPAL MULTIFINALITÁRIO DA ÁREA MINEIRA DA SUDENE – CIMAMS, ratifica protocolo de intenções e dá outras providências.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/875/pl_no_011-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/875/pl_no_011-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Produtores de Leite dos Mangues-APLEM.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/904/pl_no_012-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/904/pl_no_012-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação da Casa de Apoio de Barretos.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_013-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a realização da festa de Sábado de Aleluia, no Distrito de São Pedro do Passa Três.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>Inclui no Calendário Turístico de Buritis/MG o evento denominado MOTOFEST BURITIS.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/889/pl_no_15-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/889/pl_no_15-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o equacionamento do Déficit Atuarial do Instituto de Previdência de Buritis, e dá outras providências.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_no_016-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_no_016-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/893/pl_no_17-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/893/pl_no_17-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a instituição de servidão administrativa gratuita sobre imóvel público municipal em favor da Companhia Energética de Minas Gerais – CEMIG para instalação de infraestrutura de distribuição de energia elétrica, e dá outras providências.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/907/pl_no_018-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/907/pl_no_018-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da afixação de cartazes informativos sobre os canais de denúncia de violência sexual contra crianças e adolescentes nos estabelecimentos públicos e privados do Município de Buritis-MG.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pl_no_020-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pl_no_020-2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Buritis-MG, a Semana Municipal de Prevenção e Combate ao Abuso e Exploração Sexual de Crianças e Adolescentes – Maio Laranja.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/902/pl_no_021-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/902/pl_no_021-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remoção de veículos, sucatas, chassis, carcaças ou partes de veículos abandonados em vias públicas e demais logradouros, e dá outras providências.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pl_no_022-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pl_no_022-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar convênio que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pl_no_023-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pl_no_023-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Ciclistas de Buritis-ASCIB.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pl_no_025-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pl_no_025-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da contratação mínima de 30% (trinta por cento) de artistas locais em eventos culturais, artísticos e similares promovidos ou custeados pelo Poder Público Municipal de Buritis/MG e dá outras providências.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/940/pl_no_026-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/940/pl_no_026-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de incentivos fiscais e econômicos objetivando a atração de investimento, a geração de emprego e renda e o desenvolvimento econômico e social do Município.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pl_no_027-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pl_no_027-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Amor ao Próximo, inscrita no CNPJ nº 04.730.307/0001-80.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_no_028-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_no_028-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento da validade indeterminada de laudo médico que comprove o diagnóstico de fibromialgia, no âmbito do Município de Buritis/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei 1.618, de 10 de março de 2025, para incluir a premiação do Campeonato de Vôlei de Quadra, e dá outras providências. De autoria do Executivo Municipal.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE SAÚDE MENTAL PREVENTIVA PARA OS PROFISSIONAIS DA EDUCAÇÃO DA REDE PÚBLICA MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/956/1_pl_no_32-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/956/1_pl_no_32-2025.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL PARA POLÍTICAS PENAIS.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/965/pl_033-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/965/1_pl_no_033-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o triênio 2026-2029 e dá outras providências.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Professor Alencar Apolinário, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a comemoração da Semana Farropilha.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pl_no_035-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pl_no_035-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar terreno urbano de propriedade do Município de Buritis/MG para a construção de habitações populares do Programa Minha Casa Minha Vida Entidades, e dá outras providências.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/949/pl_no_036-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/949/pl_no_036-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Monte Moriá Fazenda Terapêutica</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/953/pl_no_037-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/953/pl_no_037-2025.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário anual de eventos do município de Buritis/MG, a realização do Encontro de Som e Rebaixados.</t>
   </si>
   <si>
+    <t>983</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/983/1_pl_038-2025.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do Município de Buritis para o Exercício financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>985</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/985/1_pl_no_39-2025_prog._unidos_por_buritis.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA "UNIDOS POR BURITIS/MG" QUE TRATA DA ADOÇÃO DE EQUIPAMENTOS PÚBLICOS, PRAÇAS ESPORTIVAS E ÁREAS VERDES NO MUNICÍPIO DE BURITIS/MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/959/1_pl_no_040-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/959/1_pl_no_040-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Desbravadores de Buritis.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/964/1_pl_no_041-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/964/1_pl_no_041-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Mineira Artística Cultural de Buritis - AMAC.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/968/1_pl_no_042-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/968/1_pl_no_042-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a padronização da identificação visual e as regras de operação do serviço de transporte individual de passageiros (táxi) no município de Buritis/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/972/1_pl_no_044-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/972/1_pl_no_044-2025.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação de Desenvolvimento, Produção e Comercialização Veredas da Campininha-ADPCVC.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/978/pl_no_045-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/978/pl_no_045-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º da Lei nº 1580 de 02 de abril de 2024, que fixa o subsídio dos agentes políticos do Município de Buritis para a Legislatura 2025-2028 e dá outras providências.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/979/pl_no_046-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/979/pl_no_046-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar o Centro Municipal de Educação Infantil – CMEI no Bairro Residencial Extrema e dá outras providências.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona da Resolução Nº 322, de 17 de dezembro de 2019, com alterações promovidas pela Resolução Nº 338, de 16 de abril de 2020.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf</t>
   </si>
   <si>
     <t>Cria a função de confiança de Coordenador de Recursos Humanos.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pr_no_003-2025_libras.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pr_no_003-2025_libras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a presença de intérprete ou tradutor de Língua Brasileira de Sinais (LIBRAS) em todas as sessões ordinárias e extraordinárias, sessões solenes, audiências públicas, e outras situações e eventos similares realizados pela Câmara Municipal de Buritis/MG.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>Danilão da Funerária, Dr. Fernando, Robertinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pr_no_004-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pr_no_004-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo no art. 83, da Resolução Nº 094/1998, que contém o Regimento Interno da Câmara Municipal de Buritis (MG).</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>Didé, Dr. Fernando, Geldo da Mariquita</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pr_no_005-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pr_no_005-2025.pdf</t>
   </si>
   <si>
     <t>Rejeita as contas do Executivo Municipal de Buritis-MG, Exercício 2019, nos termos da fundamentação do parecer da comissão de finanças, orçamento e tomada de contas da Câmara Municipal de Buritis-MG</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pre_no_006-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pre_no_006-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Ouvidoria do Legislativo, no âmbito da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/977/pr_no_007-2025_ven_sec._procon.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/977/pr_no_007-2025_ven_sec._procon.pdf</t>
   </si>
   <si>
     <t>Altera o art. 3º da Resolução nº 305 de 04 de maio de 2017, aumenta o vencimento do cargo em Comissão de Secretário de PROCON e revoga a Resolução nº 345 de dezembro de 2021.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/980/pr_no_008-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/980/pr_no_008-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a baixa de bens patrimoniais inservíveis do Poder Legislativo de Buritis-MG, e dá outras providênicas.</t>
   </si>
   <si>
+    <t>993</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/993/pre_09-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do § 2º, do art. 1º da Resolução nº 354, de 17 de abril de 2023.</t>
+  </si>
+  <si>
     <t>828</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/828/req_01-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/828/req_01-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, por intermédio do Secretário Municipal de Fazenda, informações acerca da execução das emendas individuais ao Orçamento de 2024.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/829/req_02-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/829/req_02-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, por intermédio do Secretário Municipal de Obras Públicas, cópia integral da concorrência pública eletrônica nº 07/2024 realizada para contratação de empresa para realização de obra de recapeamento asfáltico nas Avenidas Central e Bandeirantes da sede de Buritis.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/855/req_03-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/855/req_03-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, por meio da Secretaria Municipal de Educação, informações acerca de todos prestadores de serviços de transporte escolar com vínculo contratual para o ano de 2025 com o detalhamento que menciona.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/856/req_04-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/856/req_04-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, por intermédio de sua Secretaria Municipal competente, as informações que menciona acerca do contrato administrativo nº 252/2024, celebrado com o Instituto de Terras do Brasil, no valor de R$765.600,00.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_no_005-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_no_005-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal por intermédio da secretaria de obras, acesso integral aos contratos firmados entre o município de Buritis e a Companhia de Saneamento de Minas Gerais (COPASA) referentes ao tratamento da rede de esgoto, conforme previsto na Lei de Acesso à Informação (Lei nº 12.527/2011).</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no_006-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no_006-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, a relação dos nomes dos servidores efetivos ocupantes do cargo de Assistente Administrativo em atividade no município.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no_07-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, a relação da quilometragem com suas respectivas medições, referente a todas as linhas do transporte escolar, no exercício de 2025.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no_009-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no_009-2025.pdf</t>
   </si>
   <si>
     <t>Requer, cópia do contrato de Convênio celebrado entre a COPASA e o município de Buritis.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>Didé</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no_010-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no_010-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao chefe do Executivo Municipal as informações e os documentos que menciona.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_no_011-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_no_011-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, por intermédio da Secretaria de Administração, informações acerca da nomeação e posse dos aprovados no concurso público para o cargo de motorista e dá outras providências.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no_012-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no_012-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, a relação dos terrenos(lotes) públicos dominicais vagos(sem edificação) com o mapeamento e o detalhamento por Bairros, ruas e quadras.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no_013-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal o envio do Plano Diretor do Município na íntegra, visando o acompanhamento e análise das diretrizes de planejamento urbano e desenvolvimento municipal.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/982/requerimento_no_014-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/982/requerimento_no_014-2025.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria Municipal de Educação as informações que menciona.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal as informações que menciona.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>Harley Prisco, Robertinho, Waninha</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf</t>
   </si>
   <si>
     <t>Requerem do Prefeito Municipal, por intermédio de sua secretaria competente as providências que menciona.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_017-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_017-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, por intermédio do Secretário Municipal de Obras as informações que menciona relativas ao loteamento Bosque JK e Condomínio Alphavile.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_no_018-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_no_018-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, por intermédio do Secretário Municipal de Obras as informações que menciona relativas ao loteamento Residencial dos Lagos.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_no_019-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_no_019-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo, por intermédio do Secretário Municipal de Obras as informações que menciona relativas ao Loteamento Eldorado II.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/970/1_requerimento_no_20-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/970/1_requerimento_no_20-2025.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal, o detalhamento do quadro de vagas do Cargo de Professor P1 constante na Lei Complementar nº 63/2009 e suas alterações posteriores.</t>
   </si>
   <si>
+    <t>984</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/984/requerimento_no_021-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Prefeito Municipal, por intermédio do Secretário Municipal de Fazenda, informações acerca da execução das emendas impositivas individuais ao Orçamento de 2025, indicadas em 2024.</t>
+  </si>
+  <si>
     <t>898</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Didé, Dr. Fernando, Robertinho</t>
   </si>
   <si>
-    <t>https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pelom_no_001-2025.pdf</t>
+    <t>http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pelom_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica do Município para alterar o número de vereadores da Câmara Municipal de Buritis-MG.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2094,68 +2142,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/830/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/834/idicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/969/1_indicacao_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/960/1_indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/961/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/963/1_indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/962/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/973/1_indicacao_no_81-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/974/1_indicacao_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/912/mocao_de_reconhecimento-wania-garis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/932/plc_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/879/plc_no_002-2025_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plc_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/836/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/837/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pl_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/863/pl_no_006-2025_festa_dona_margarida.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/866/pl_no_007-2025_u.p._ass._acougueiros.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/867/pl_no_008-2025_premiacoes_esportivas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/887/pl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/875/pl_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/904/pl_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/889/pl_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/893/pl_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/907/pl_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pl_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/902/pl_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pl_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pl_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pl_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/940/pl_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pl_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/956/1_pl_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/965/pl_033-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pl_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/949/pl_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/953/pl_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/959/1_pl_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/964/1_pl_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/968/1_pl_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/972/1_pl_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/978/pl_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/979/pl_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pr_no_003-2025_libras.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pr_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pr_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pre_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/977/pr_no_007-2025_ven_sec._procon.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/980/pr_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/828/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/829/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/855/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/856/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/982/requerimento_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/970/1_requerimento_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pelom_no_001-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/830/ind_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/831/indicacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/832/indicacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/833/indicacao_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/834/idicacao_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/838/indicacao_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/839/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/840/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/841/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/842/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/843/indicacao_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/844/indicacao_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/845/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/846/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/847/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/848/indicacao_no_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/849/indicacao_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/850/indicacao_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/851/indicacao_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/852/indicacao_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/862/indicacao_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/871/indicacao_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/859/indicacao_023-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/860/indicacao_024-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/861/indicacao_025-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/853/indicacao_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/854/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/869/indicacao_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/872/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/873/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/870/indicacao_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/877/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/876/indicacao_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/883/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/880/indicacao_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/884/indicacao_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/881/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_no_52-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/969/1_indicacao_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/960/1_indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/961/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/963/1_indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/962/1_indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/973/1_indicacao_no_81-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/974/1_indicacao_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/912/mocao_de_reconhecimento-wania-garis.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/932/plc_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/879/plc_no_002-2025_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/906/plc_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/927/1_plc_004-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/952/plc_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/991/plc_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/976/plc_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/981/plc_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/827/pl_01-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/835/pl_02-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/836/pl_03-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/837/pl_04-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/857/pl_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/863/pl_no_006-2025_festa_dona_margarida.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/866/pl_no_007-2025_u.p._ass._acougueiros.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/867/pl_no_008-2025_premiacoes_esportivas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/887/pl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/875/pl_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/904/pl_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/882/pl_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/889/pl_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/923/pl_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/893/pl_no_17-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/907/pl_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/897/pl_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/902/pl_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/903/pl_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/913/pl_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/925/pl_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/940/pl_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/926/pl_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/941/pl_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/945/pl_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/956/1_pl_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/965/1_pl_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/946/pl_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/948/pl_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/949/pl_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/953/pl_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/983/1_pl_038-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/985/1_pl_no_39-2025_prog._unidos_por_buritis.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/959/1_pl_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/964/1_pl_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/968/1_pl_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/972/1_pl_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/978/pl_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/979/pl_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/858/pr_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/864/pr_no_002-2025_funcao_recursos_humanos.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/865/pr_no_003-2025_libras.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/919/pr_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/924/pr_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/936/pre_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/977/pr_no_007-2025_ven_sec._procon.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/980/pr_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/993/pre_09-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/828/req_01-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/829/req_02-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/855/req_03-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/856/req_04-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/868/requerimento_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/874/requerimento_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/878/requerimento_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/899/requerimento_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/900/requerimento_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/908/requerimento_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/920/requerimento_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/921/requerimento_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/982/requerimento_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/942/requerimento_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/957/requerimento_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/954/requerimento_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/950/requerimento_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/970/1_requerimento_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/984/requerimento_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.mg.leg.br/media/sapl/public/materialegislativa/2025/898/pelom_no_001-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H155"/>
+  <dimension ref="A1:H160"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3175,3018 +3223,3148 @@
       </c>
       <c r="H40" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>173</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>174</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>154</v>
+        <v>175</v>
       </c>
       <c r="H41" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
         <v>162</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H42" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H43" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H44" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H45" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>162</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>154</v>
+        <v>175</v>
       </c>
       <c r="H46" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>162</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H47" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H48" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H49" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H50" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H51" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
         <v>162</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H52" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H53" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H54" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H55" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
         <v>52</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H56" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
         <v>162</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H57" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
         <v>162</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H58" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H59" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H60" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>154</v>
+        <v>175</v>
       </c>
       <c r="H61" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H62" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H63" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
         <v>52</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H64" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
         <v>162</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H65" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H66" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H67" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
         <v>162</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H68" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>117</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H69" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
         <v>117</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H70" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H71" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
         <v>52</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H72" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
         <v>52</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H73" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
         <v>52</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H74" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>162</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H75" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>162</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H76" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H77" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
         <v>12</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H78" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H79" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H80" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E81" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F81" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H81" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E82" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F82" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H82" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>17</v>
       </c>
       <c r="D83" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E83" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F83" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H83" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>21</v>
       </c>
       <c r="D84" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E84" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F84" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H84" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E85" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F85" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H85" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>35</v>
       </c>
       <c r="D86" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E86" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F86" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H86" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D87" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E87" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F87" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>358</v>
       </c>
       <c r="H87" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>360</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D88" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E88" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F88" t="s">
-        <v>341</v>
+        <v>361</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H88" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="D89" t="s">
-        <v>364</v>
+        <v>340</v>
       </c>
       <c r="E89" t="s">
+        <v>341</v>
+      </c>
+      <c r="F89" t="s">
+        <v>342</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>367</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>10</v>
+      </c>
+      <c r="D90" t="s">
         <v>368</v>
       </c>
-      <c r="B90" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E90" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F90" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H90" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D91" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E91" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F91" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="H91" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D92" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E92" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F92" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H92" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D93" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E93" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F93" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H93" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D94" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E94" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F94" t="s">
-        <v>206</v>
+        <v>361</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H94" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D95" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E95" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F95" t="s">
-        <v>26</v>
+        <v>207</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H95" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D96" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E96" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F96" t="s">
-        <v>341</v>
+        <v>26</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="H96" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D97" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E97" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F97" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="H97" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D98" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E98" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F98" t="s">
-        <v>162</v>
+        <v>342</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H98" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D99" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E99" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F99" t="s">
-        <v>223</v>
+        <v>162</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H99" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="D100" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E100" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F100" t="s">
-        <v>52</v>
+        <v>224</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H100" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D101" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E101" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F101" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>154</v>
+        <v>403</v>
       </c>
       <c r="H101" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="D102" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E102" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F102" t="s">
-        <v>341</v>
+        <v>207</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>404</v>
+        <v>175</v>
       </c>
       <c r="H102" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D103" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E103" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F103" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H103" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D104" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E104" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F104" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H104" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D105" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E105" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F105" t="s">
-        <v>223</v>
+        <v>342</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H105" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D106" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E106" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F106" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H106" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D107" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E107" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F107" t="s">
-        <v>341</v>
+        <v>224</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H107" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D108" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E108" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F108" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H108" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D109" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E109" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F109" t="s">
-        <v>206</v>
+        <v>342</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H109" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="D110" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E110" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F110" t="s">
-        <v>223</v>
+        <v>207</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H110" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D111" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E111" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F111" t="s">
-        <v>341</v>
+        <v>224</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H111" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D112" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E112" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F112" t="s">
-        <v>223</v>
+        <v>342</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H112" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D113" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E113" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F113" t="s">
-        <v>52</v>
+        <v>224</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="H113" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="D114" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E114" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F114" t="s">
-        <v>341</v>
+        <v>52</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H114" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D115" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E115" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>342</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H115" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D116" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E116" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F116" t="s">
-        <v>341</v>
+        <v>13</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H116" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D117" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E117" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F117" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H117" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>452</v>
+        <v>145</v>
       </c>
       <c r="D118" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E118" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F118" t="s">
+        <v>342</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>455</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
         <v>456</v>
       </c>
-      <c r="B119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E119" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F119" t="s">
-        <v>341</v>
+        <v>457</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H119" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>460</v>
+        <v>149</v>
       </c>
       <c r="D120" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E120" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F120" t="s">
-        <v>223</v>
+        <v>342</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>461</v>
       </c>
       <c r="H120" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>463</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>153</v>
+        <v>464</v>
       </c>
       <c r="D121" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E121" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F121" t="s">
-        <v>31</v>
+        <v>224</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H121" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="D122" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E122" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F122" t="s">
-        <v>223</v>
+        <v>31</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="H122" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="D123" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E123" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F123" t="s">
-        <v>223</v>
+        <v>342</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H123" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="D124" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E124" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F124" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H124" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>181</v>
+        <v>166</v>
       </c>
       <c r="D125" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E125" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F125" t="s">
-        <v>31</v>
+        <v>224</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="H125" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>186</v>
+        <v>170</v>
       </c>
       <c r="D126" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E126" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F126" t="s">
-        <v>341</v>
+        <v>224</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H126" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="D127" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E127" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="F127" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H127" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>10</v>
+        <v>182</v>
       </c>
       <c r="D128" t="s">
-        <v>485</v>
+        <v>368</v>
       </c>
       <c r="E128" t="s">
+        <v>369</v>
+      </c>
+      <c r="F128" t="s">
+        <v>31</v>
+      </c>
+      <c r="G128" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="F128" t="s">
-[...2 lines deleted...]
-      <c r="G128" s="1" t="s">
+      <c r="H128" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>488</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>187</v>
+      </c>
+      <c r="D129" t="s">
+        <v>368</v>
+      </c>
+      <c r="E129" t="s">
+        <v>369</v>
+      </c>
+      <c r="F129" t="s">
+        <v>342</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="B129" t="s">
-[...14 lines deleted...]
-      <c r="G129" s="1" t="s">
+      <c r="H129" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>491</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>191</v>
+      </c>
+      <c r="D130" t="s">
+        <v>368</v>
+      </c>
+      <c r="E130" t="s">
+        <v>369</v>
+      </c>
+      <c r="F130" t="s">
+        <v>342</v>
+      </c>
+      <c r="G130" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B130" t="s">
-[...14 lines deleted...]
-      <c r="G130" s="1" t="s">
+      <c r="H130" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>494</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>10</v>
+      </c>
+      <c r="D131" t="s">
         <v>495</v>
       </c>
-      <c r="B131" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E131" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="F131" t="s">
-        <v>496</v>
+        <v>361</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>497</v>
       </c>
       <c r="H131" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>499</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D132" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="E132" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="F132" t="s">
+        <v>361</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="G132" s="1" t="s">
+      <c r="H132" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>502</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>21</v>
+      </c>
+      <c r="D133" t="s">
+        <v>495</v>
+      </c>
+      <c r="E133" t="s">
+        <v>496</v>
+      </c>
+      <c r="F133" t="s">
+        <v>361</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B133" t="s">
-[...14 lines deleted...]
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>505</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>25</v>
+      </c>
+      <c r="D134" t="s">
+        <v>495</v>
+      </c>
+      <c r="E134" t="s">
+        <v>496</v>
+      </c>
+      <c r="F134" t="s">
         <v>506</v>
-      </c>
-[...13 lines deleted...]
-        <v>357</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>507</v>
       </c>
       <c r="H134" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>509</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="D135" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="E135" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="F135" t="s">
-        <v>357</v>
+        <v>510</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H135" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D136" t="s">
-        <v>513</v>
+        <v>495</v>
       </c>
       <c r="E136" t="s">
+        <v>496</v>
+      </c>
+      <c r="F136" t="s">
+        <v>361</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="F136" t="s">
-[...2 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>516</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>39</v>
+      </c>
+      <c r="D137" t="s">
+        <v>495</v>
+      </c>
+      <c r="E137" t="s">
+        <v>496</v>
+      </c>
+      <c r="F137" t="s">
+        <v>361</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="B137" t="s">
-[...14 lines deleted...]
-      <c r="G137" s="1" t="s">
+      <c r="H137" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>519</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>43</v>
+      </c>
+      <c r="D138" t="s">
+        <v>495</v>
+      </c>
+      <c r="E138" t="s">
+        <v>496</v>
+      </c>
+      <c r="F138" t="s">
+        <v>361</v>
+      </c>
+      <c r="G138" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="B138" t="s">
-[...14 lines deleted...]
-      <c r="G138" s="1" t="s">
+      <c r="H138" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>522</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>47</v>
+      </c>
+      <c r="D139" t="s">
+        <v>495</v>
+      </c>
+      <c r="E139" t="s">
+        <v>496</v>
+      </c>
+      <c r="F139" t="s">
+        <v>361</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B139" t="s">
-[...14 lines deleted...]
-      <c r="G139" s="1" t="s">
+      <c r="H139" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>525</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>10</v>
+      </c>
+      <c r="D140" t="s">
         <v>526</v>
       </c>
-      <c r="B140" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E140" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F140" t="s">
         <v>162</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H140" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="D141" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E141" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H141" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="D142" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E142" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F142" t="s">
         <v>162</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H142" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="D143" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E143" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F143" t="s">
-        <v>162</v>
+        <v>117</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H143" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="D144" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E144" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F144" t="s">
-        <v>539</v>
+        <v>162</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>540</v>
       </c>
       <c r="H144" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>542</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="D145" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E145" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F145" t="s">
-        <v>206</v>
+        <v>13</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>543</v>
       </c>
       <c r="H145" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>545</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="D146" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E146" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F146" t="s">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>546</v>
       </c>
       <c r="H146" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>548</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="D147" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E147" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F147" t="s">
         <v>162</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>549</v>
       </c>
       <c r="H147" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>551</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>68</v>
+        <v>51</v>
       </c>
       <c r="D148" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E148" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F148" t="s">
-        <v>117</v>
+        <v>552</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H148" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="D149" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E149" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F149" t="s">
-        <v>162</v>
+        <v>207</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H149" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="D150" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E150" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F150" t="s">
-        <v>558</v>
+        <v>13</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>559</v>
       </c>
       <c r="H150" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>561</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="D151" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E151" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F151" t="s">
         <v>162</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>562</v>
       </c>
       <c r="H151" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>564</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="D152" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E152" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F152" t="s">
-        <v>162</v>
+        <v>117</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>565</v>
       </c>
       <c r="H152" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>567</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="D153" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E153" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F153" t="s">
         <v>162</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>568</v>
       </c>
       <c r="H153" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>570</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="D154" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="E154" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="F154" t="s">
-        <v>13</v>
+        <v>571</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H154" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
+        <v>80</v>
+      </c>
+      <c r="D155" t="s">
+        <v>526</v>
+      </c>
+      <c r="E155" t="s">
+        <v>527</v>
+      </c>
+      <c r="F155" t="s">
+        <v>162</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H155" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>577</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>84</v>
+      </c>
+      <c r="D156" t="s">
+        <v>526</v>
+      </c>
+      <c r="E156" t="s">
+        <v>527</v>
+      </c>
+      <c r="F156" t="s">
+        <v>162</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="H156" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>580</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>88</v>
+      </c>
+      <c r="D157" t="s">
+        <v>526</v>
+      </c>
+      <c r="E157" t="s">
+        <v>527</v>
+      </c>
+      <c r="F157" t="s">
+        <v>162</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H157" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>583</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>92</v>
+      </c>
+      <c r="D158" t="s">
+        <v>526</v>
+      </c>
+      <c r="E158" t="s">
+        <v>527</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H158" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>586</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>96</v>
+      </c>
+      <c r="D159" t="s">
+        <v>526</v>
+      </c>
+      <c r="E159" t="s">
+        <v>527</v>
+      </c>
+      <c r="F159" t="s">
+        <v>162</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H159" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>589</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
         <v>10</v>
       </c>
-      <c r="D155" t="s">
-[...12 lines deleted...]
-        <v>578</v>
+      <c r="D160" t="s">
+        <v>590</v>
+      </c>
+      <c r="E160" t="s">
+        <v>591</v>
+      </c>
+      <c r="F160" t="s">
+        <v>592</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H160" t="s">
+        <v>594</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6301,50 +6479,55 @@
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>